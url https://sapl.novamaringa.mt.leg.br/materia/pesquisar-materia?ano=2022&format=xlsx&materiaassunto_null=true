--- v0 (2025-12-05)
+++ v1 (2026-03-07)
@@ -54,708 +54,708 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>CCJ - COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/47/2022-07-27_07.38.52.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/47/2022-07-27_07.38.52.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o julgamento das Contas Anuais de Governo do Poder Executivo de Nova Maringá/MT, relativas ao exercício de 2020, e dá outras providências".</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, JEAN VASCONCELOS, JEFFERSON AUGUSTO LORDANO, SIMONE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento de contas anuais de Governo do Poder Executivo de Nova Maringá/MT, relativas ao exercício de 2021, e dá outras providências".</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>JEAN VASCONCELOS, EDMAR MARQUES LEITE, JEFFERSON AUGUSTO LORDANO, SIMONE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_de_resolucao_004_2022.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_de_resolucao_004_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o controle de jornada por sistema de produtividade e implementa o teletrabalho ao cargo de Procurador Jurídico no âmbito da Câmara Municipal de Nova Maringá/MT e dá outras providências”.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>JEFFERSON AUGUSTO LORDANO, EDMAR MARQUES LEITE, JORGE VIDAL, SIMONE, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
     <t>"Dispõe sobre a instituição do "Outubro Rosa" e "Novembro Azul" no âmbito do Poder Legislativo do município de Nova Maringá e dá outras providências".</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>RCE</t>
   </si>
   <si>
     <t>RELATÓRIO DAS COMISSÕES ESPECIAIS</t>
   </si>
   <si>
     <t>RAFAEL HELIODORO DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/32/indicacao_no_020_-_2022_rafael.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/32/indicacao_no_020_-_2022_rafael.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a premente necessidade de realizar a manutenção e limpeza no Cemitério Municipal “Jardim da Saudade” em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>ELVES LACERDA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/8/indicacao_no_001-_2022_elves.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/8/indicacao_no_001-_2022_elves.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a necessidade de promover o estudo de viabilidade da construção de uma ciclovia, na extensão compreendida entre a Avenida Amos Bernardino Zanchet e Residencial Mário Duilio Henry no município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>RAFAEL HELIODORO DE SOUZA, EDMAR MARQUES LEITE, ELVES LACERDA, JEAN VASCONCELOS, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, SIMONE, TUKURA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/9/indicacao_no_005-_2022_rafael.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/9/indicacao_no_005-_2022_rafael.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar reforma/manutenção na ponte sobre o Rio Miguel de Castro, localizada na estrada da vaca branca, no município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/10/indicacao_no_006-_2022_rafael.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/10/indicacao_no_006-_2022_rafael.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a manutenção/troca da iluminação e gramado do estádio municipal “Lizeo Pederiva”, do município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>SIMONE</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal senhora Ana Maria Urquiza Casagrande a premente necessidade de efetuar poda nas árvores localizada na extensão das ruas do Bairro Jardim Tropical.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/12/indicacao_no_008-_2022_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/12/indicacao_no_008-_2022_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realizar a limpeza nas laterais da Rua Princesa Isabel, Bairro Loteamento Santana, no Município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/13/indicacao_no_009-_2022_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/13/indicacao_no_009-_2022_simone.docx</t>
   </si>
   <si>
     <t>Indica À Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realizar estudo de viabilidade da criação de um Programa Municipal, que envolva exercícios de atividades físicas, com o apoio de profissionais de Educação Física, destinado aos excepcionais (Deficientes Físicos E Intelectuais), Do Município De Nova Maringá/MT.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/14/indicacao_no_010-_2022_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/14/indicacao_no_010-_2022_simone.docx</t>
   </si>
   <si>
     <t>Indica À Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realização de Concurso Público para o cargo de Fisioterapeuta, de forma que viabilize a atuação de mais um profissional dessa área no município, de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>WAGNER ROBERTO LORDANO, EDMAR MARQUES LEITE, ELVES LACERDA, JEAN VASCONCELOS, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, RAFAEL HELIODORO DE SOUZA, SIMONE, TUKURA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/15/indicacao_no_011-_2022_wagner_e_todos.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/15/indicacao_no_011-_2022_wagner_e_todos.docx</t>
   </si>
   <si>
     <t>Indica À Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realização manutenção/recuperação da MT 160, sentido Distrito de Brianorte no Município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, JEFFERSON AUGUSTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/16/indicacao_no_012-_2022_sorriso_e_jefferson.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/16/indicacao_no_012-_2022_sorriso_e_jefferson.docx</t>
   </si>
   <si>
     <t>Indica À Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, com cópia ao Ilmo. Secretário Municipal De Obras, Viação E Serviços Públicos, a premente necessidade de realizar a limpeza e manutenção do aquário/lago que está localizado na Praça Central “Dos Imigrantes” conforme reiteração de indicação sob o Nº 095/2021.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, JEAN VASCONCELOS, TUKURA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/17/indicacao_no_013-_2022_sorriso.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/17/indicacao_no_013-_2022_sorriso.docx</t>
   </si>
   <si>
     <t>Indica À Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realizar estudo de viabilização de implantação de abertura do canteiro e construção de uma via de retorno, na Avenida Amos Bernardino Zanchet, nas proximidades da Agência do Detran em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/18/indicacao_no_014-_2022_sorriso.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/18/indicacao_no_014-_2022_sorriso.docx</t>
   </si>
   <si>
     <t>Indica À Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a premente necessidade de realizar manutenção/troca dos quebra-molas localizados na extensão da Avenida Amos Bernardino Zanchet em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/19/indicacao_no_015-_2022_sorriso.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/19/indicacao_no_015-_2022_sorriso.docx</t>
   </si>
   <si>
     <t>Indica À Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, para que seja manifestado o interesse em firmar o Termo De Cooperação Técnica, junto ao DETRAN/MT.</t>
   </si>
   <si>
     <t>TUKURA, EDMAR MARQUES LEITE, JEAN VASCONCELOS</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/20/indicacao_no_016-_2022_tucura.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/20/indicacao_no_016-_2022_tucura.docx</t>
   </si>
   <si>
     <t>Indica À Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, com cópia ao Secretário Municipal de Agricultura para que seja cobrado junto ao órgão do INCRA – Instituto Nacional de Colonização e Reforma Agrária, Agilidade na Regularização do Assentamento Santo Antônio do Município De Nova Maringá/MT.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/21/indicacao_no_017-_2022_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/21/indicacao_no_017-_2022_simone.docx</t>
   </si>
   <si>
     <t>Indica À Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a premente necessidade de implantar uma luminária para sinalizar a entrada do Bairro Mário Duílio Henry, em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>TUKURA, EDMAR MARQUES LEITE, ELVES LACERDA, JEAN VASCONCELOS, RAFAEL HELIODORO DE SOUZA, SIMONE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/30/indicacao_no_018-_2022_tucura_e_outros.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/30/indicacao_no_018-_2022_tucura_e_outros.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realizar a manutenção na MT 249, no trecho entre o trevo até a Faz. Reical passando pela Faz. Antonio Vilela, saída para a MT 492, em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/31/indicacao_no_019_-_2022_tucura_e_outros.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/31/indicacao_no_019_-_2022_tucura_e_outros.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de se destinar um caminhão caçamba para uso exclusivo da Secretaria de Agricultura em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, JEAN VASCONCELOS, RAFAEL HELIODORO DE SOUZA, TUKURA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/33/indicacao_no_021_-_2022_sorriso_e_outros.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/33/indicacao_no_021_-_2022_sorriso_e_outros.docx</t>
   </si>
   <si>
     <t>Indicam à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realizar estudo de implantação do Asfalto Ecológico nos assentamentos rurais do nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/34/indicacao_no_022_-_2022_sorriso_e_outros.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/34/indicacao_no_022_-_2022_sorriso_e_outros.docx</t>
   </si>
   <si>
     <t>Indicam à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realizar a retirada das árvores da Avenida Neri Domingos Berté, no Projeto Casulo em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>RAFAEL HELIODORO DE SOUZA, EDMAR MARQUES LEITE</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita municipal Ana Maria Urquiza Casagrande, a necessidade de realizar a manutenção e troca de lâmpadas, nas ruas e avenidas de nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/4/indicacao_no_024_-_2022_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/4/indicacao_no_024_-_2022_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal senhora Ana Maria Urquiza Casagrande, a construção de um campo society, para uso da população do nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/5/indicacao_no_025_-_2022_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/5/indicacao_no_025_-_2022_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita municipal Ana Maria Urquiza Casagrande, a necessidade de realizar a implantação de Bancos, para os pacientes que aguardam o carro para viagens em municípios vizinhos, nos arredores da UBS "Aparecido Alves", em nosso município de Nova Maringá/MT</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/6/indicacao_no_026_-_2022_wagner.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/6/indicacao_no_026_-_2022_wagner.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita municipal Ana Maria Urquiza Casagrande, a premente necessidade de molhar as ruas da cidade, como o caminhão pipa, principalmente na saída da cidade sentido Distrito de Brianorte, em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/23/indicacao_no_027_-_2022_elves.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/23/indicacao_no_027_-_2022_elves.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a premente necessidade de viabilizar um profissional da saúde, que possa acompanhar as viagens que são feitas à Cuiabá, para levar pacientes para tratamentos de saúde.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>JEFFERSON AUGUSTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/24/indicacao_no_028_-_2022_jefferson.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/24/indicacao_no_028_-_2022_jefferson.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realizar a colocação de um quebra-molas na Rua São Sebastiaão em frente ao Ginásio Municipal de Esportes “Irineu Allievi” em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/25/indicacao_no_029_-_2022_jefferson.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/25/indicacao_no_029_-_2022_jefferson.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realizar um estudo para o processo de abertura da passagem e pontes que dão acesso as Ruas Getúlio Vargas e Castro Alves ao fundo da Praça Municipal.</t>
   </si>
   <si>
     <t>SIMONE, TUKURA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/26/indicacao_no_030_-_2022_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/26/indicacao_no_030_-_2022_simone.docx</t>
   </si>
   <si>
     <t>Indicam à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a premente necessidade de recuperar bueiro localizado na estrada vicinal Faz. Jaçanã, sobre o córrego conhecido como “Mata Burro”, em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/27/indicacao_no_031_-_2022_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/27/indicacao_no_031_-_2022_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, A Premente Necessidade De Construir Uma Praça No Assentamento Projeto Casulo Em Nosso Município De Nova Maringá/MT.</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/28/indicacao_no_032_-_2022_rafael.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/28/indicacao_no_032_-_2022_rafael.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a premente necessidade de realizar a troca ou amenizar o quebra-molas, localizado em frente à Mecânica Suricato, em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/29/indicacao_no_033_-_2022_rafael.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/29/indicacao_no_033_-_2022_rafael.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, A Premente Necessidade De Fazer Reforma Na Quadra De Areia, Localizada Na Praça “Dos Imigrantes”, Em Nosso Município De Nova Maringá/MT.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Indica À Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a premente necessidade de criar e aprovar Lei que institui O Sistema Municipal De Defesa Do Consumidor em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>WAGNER ROBERTO LORDANO, EDMAR MARQUES LEITE, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/40/indicacao_no_035_-_2022_wagner_e_outros.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/40/indicacao_no_035_-_2022_wagner_e_outros.docx</t>
   </si>
   <si>
     <t>Indica À Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realizar manutenção/reforma da ponte conhecida como estiva localizada na MT 160, em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>JEFFERSON AUGUSTO LORDANO, EDMAR MARQUES LEITE, JORGE VIDAL, RAFAEL HELIODORO DE SOUZA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/41/indicacao_no_036_-_2022_jefferson.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/41/indicacao_no_036_-_2022_jefferson.docx</t>
   </si>
   <si>
     <t>Indica À Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realizar um estudo para que seja feita a doação de um espaço para construção uma pista de motocross espaço para uso de som automotivo em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>JEFFERSON AUGUSTO LORDANO, RAFAEL HELIODORO DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/42/indicacao_no_037_-_2022_jefferson.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/42/indicacao_no_037_-_2022_jefferson.docx</t>
   </si>
   <si>
     <t>Indica À Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de instalar um bebedouro, na quadra ao lado da Escola Municipal “Wilson Ribeiro”, em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/43/indicacao_no_038_-_2022_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/43/indicacao_no_038_-_2022_edmar.docx</t>
   </si>
   <si>
     <t>Indica À Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a premente necessidade de instalar um bebedouro na praça Municipal “Dos Imigrantes”, em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Indica À Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a premente necessidade de instalar um armário de concreto, ao lado da quadra de areia, na praça “Dos Imigrantes”, em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/45/indicacao_no_040_-_2022_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/45/indicacao_no_040_-_2022_edmar.docx</t>
   </si>
   <si>
     <t>Indica À Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a premente necessidade de realizar a manutenção e troca da iluminação, na praça “Dos Imigrantes” e lago municipal, em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/46/indicacao_no_041_-_2022_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/46/indicacao_no_041_-_2022_simone.docx</t>
   </si>
   <si>
     <t>indica À Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a premente necessidade de realizar a viabilização de cursos voltados para o servidor profissional eletricista NR10 e NR35.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>JEFFERSON AUGUSTO LORDANO, EDMAR MARQUES LEITE, JORGE VIDAL, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/48/indicacao_no_042_-_2022_jefferson_e_outros.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/48/indicacao_no_042_-_2022_jefferson_e_outros.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de liberar o Estádio Municipal “Lizeo Pederiva” para os municípes fazerem uso, no nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/49/indicacao_no_043_-_2022_jefferson_e_outros.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/49/indicacao_no_043_-_2022_jefferson_e_outros.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de instalar um quebra-molas á Rua Planalto, Bairro Jd. Amazonas em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realizar um estudo para que seja feita a liberação da máquina PC, para realizar serviços aos sitiantes e assentados, em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/51/indicacao_no_045_-_2022_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/51/indicacao_no_045_-_2022_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realizar palestras educativas nas escolas municipais e estaduais, abordando o assunto de “orientação para prevenção ao abuso sexual infantil”, em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Indica À Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de oferecer aos servidores efetivos, na função de mecânico, cursos de atualização profissional, em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/53/indicacao_no_047_-_2022_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/53/indicacao_no_047_-_2022_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realizar a aquisição de um scanner de linha pesada, para atender a frota municipal, em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, JEAN VASCONCELOS, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/59/indicacao_no_048_-_2022_sorriso_e_outros_1.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/59/indicacao_no_048_-_2022_sorriso_e_outros_1.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de reativar o funcionamento do viveiro municipal de mudas, nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>TUKURA, ELVES LACERDA, JORGE VIDAL, RAFAEL HELIODORO DE SOUZA, SIMONE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/60/indicacao_no_049_-_2022_tucura_e_outros_1.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/60/indicacao_no_049_-_2022_tucura_e_outros_1.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realizar estudo de implantação de sistema de geração de energia solar fotovoltaica, para atender o Paço Municipal, Secretarias e demais Órgãos Públicos Municipais.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_050_-_2022_simone_1.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_050_-_2022_simone_1.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de disponibilizar cursos profissionalizantes na área da beleza (Manicure/Pedicure, Podologia e Cabeleireiro), para atender a população, em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/86/indicacao_no_051_-_2022_sorriso.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/86/indicacao_no_051_-_2022_sorriso.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de disponibilizar de um ônibus, para atender a população nova maringaense em geral, para excursões, passeios e viagens.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/87/indicacao_no_052_-_2022_sorriso.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/87/indicacao_no_052_-_2022_sorriso.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realizar estudo para a redução dos canteiros centrais, localizados ao longo da Avenida Amos Bernardino Zanchet, com o intuito de implantar estacionamentos centrais, em nosso município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/88/indicacao_no_053_-_2022_sorriso.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/88/indicacao_no_053_-_2022_sorriso.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de disponibilizar um caminhão, para atender a população, a todos que necessitarem, no aterramento de terrenos em geral, em nosso município.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/89/indicacao_no_054_-_2022_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/89/indicacao_no_054_-_2022_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realizar a manutenção da estrada vicinal, que leva até a fazenda Gotardo, em nosso município.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Reitera a Indicação nº013/2021, de 05 de fevereiro de 2.021, que indica à Exma. Senhora Prefeita Municipal, a necessidade de viabilizar a revitalização da praça municipal situada no Bairro Jardim Tropical, com o emprego das seguintes melhorias: manutenção da iluminação, da academia da terceira idade, da pintura da pista de caminhada e instalação de grades e alambrado ao redor do campo, de traves de futebol, parque infantil, bancos de madeira e mesa de pingue- pongue, bem como seja promovida a arborização do local.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/91/reiteracao_indicacao_no_104-2021_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/91/reiteracao_indicacao_no_104-2021_simone.docx</t>
   </si>
   <si>
     <t>Reitera a indicação nº 104/2021, de 03 de dezembro de 2.021, que indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, com cópia ao Ilmo. Secretário Municipal de Obras a premente necessidade de realizar a reforma total do ponto de ônibus, que atende crianças em fase escolar, localizado no Residencial Mario Duílio Henry.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/94/indicacao_no_057_-_2022_sorriso.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/94/indicacao_no_057_-_2022_sorriso.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realizar o cascalhamento do trecho de aproximadamente 3 (três) quilometros, na saída da cidade sentido Brianorte rodovia MT 160, em nosso município.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/95/indicacao_no_058_-_2022_jefferson.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/95/indicacao_no_058_-_2022_jefferson.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realizar estudo para a instalação de um playground (conforme foto em anexo) na Praça Municipal “José Domingos Fraga”, localizada no Bairro Jardim Mayra, em nosso município.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/96/indicacao_no_059_-_2022_jefferson.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/96/indicacao_no_059_-_2022_jefferson.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a necessidade de realizar a limpeza no cemitério antigo, localizado na MT 488, dentro da Fazenda Kathi e seus arredores, em nosso município.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/97/indicacao_no_060-2022_elves.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/97/indicacao_no_060-2022_elves.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a necessidade de promover a alteração do código de posturas do município, por meio da inclusão de dispositivo legal que permita o funcionamento de determinadas atividades em horário especial, conforme proposta de anteprojeto de lei que se encaminha por este expediente.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/98/indicacao_no_061_-_2022_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/98/indicacao_no_061_-_2022_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a necessidade de viabilizar a o estudo para a construção de uma pista de skate em um local apropriado para a prática do esporte. E proporcionar uma oportunidade de entretenimento para os jovens e adolescentes de nosso município.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/99/indicacao_no_062_-_2022_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/99/indicacao_no_062_-_2022_simone.docx</t>
   </si>
   <si>
     <t>Indica À Exma. Prefeita Municipal senhora Ana Maria Urquiza Casagrande, a possibilidade de implantar em nosso município a disponibilização de aulas de zumba para os munícipes, a ser realizado na Praça Central Stefane Harala.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Indica a Exma. senhora Prefeita Municipal senhora Ana Maria Urquiza Casagrande a necessidade de realizar através da Secretaria Municipal de Assistência Social um "MUTIRÃO SOCIAL" para atender a população de nosso município.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Indica a Exma. senhora Prefeita Municipal senhora Ana Maria Urquiza Casagrande, com cópia a Ilma. Secretaria municipal de Saúde a necessidade de enviar o Fisioterapeuta para atender os pacientes no Distrito de Brianorte, em nosso município.</t>
   </si>
   <si>
     <t>105</t>
   </si>
@@ -774,165 +774,165 @@
   <si>
     <t>TUKURA, EDMAR MARQUES LEITE, ELVES LACERDA, SIMONE</t>
   </si>
   <si>
     <t>Indica a Exma. senhora Prefeita Municipal senhora Ana Maria Urquiza Casagrande que seja feito o reaproveitamento, pela Secretaria Municipal de Obras, da ponte de madeira da MT 249, Rio Alegre, em nosso município.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>ELVES LACERDA, RAFAEL HELIODORO DE SOUZA</t>
   </si>
   <si>
     <t>Indica a Exma. senhora Prefeita Municipal senhora Ana Maria Urquiza Casagrande a iniciativa de Projeto de Lei que "Dispõe sobre a instituição de normas para concessão de benefícios para o tratamento fora do domicílio - TFD". conforme proposta anexa em forma de Anteprojeto de Lei</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/108/indicacao_no_068_-_2022_jefferson.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/108/indicacao_no_068_-_2022_jefferson.docx</t>
   </si>
   <si>
     <t>Indica a Exma. Prefeita municipal Ana Maria Urquiza Casagrande, a necessidade de realizar reforma da Ponte Localizada na estrada municipal no assentamento Santo Antônio I, em frente ao lote do senhor Osmar Scholosser, em nosso município.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>JEFFERSON AUGUSTO LORDANO, ELVES LACERDA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_no_069_-_2022_jefferson_e_elves.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_no_069_-_2022_jefferson_e_elves.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal a premente necessidade de criar um setor de protocolos, para receber as demandas e encaminhá-las aos órgãos responsáveis.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>JEAN VASCONCELOS, EDMAR MARQUES LEITE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_no_070_-_2022_jean.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_no_070_-_2022_jean.docx</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal a necessidade de realizar a manutenção da estrada municipal que liga o distrito de Brianorte a balsa no município de Nova Maringá/MT</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_no_071_-_2022_jean.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_no_071_-_2022_jean.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a necessidade de realizar a manutenção da MT 160, no perímetro que liga p município até o ditrito de Brianorte e Posteriormente até a divisa com o Município de Juara, em nosso município.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>TUKURA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_no072_-_2022_tucura.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_no072_-_2022_tucura.docx</t>
   </si>
   <si>
     <t>Indica a Exma. Prefeita Municipal a iniciativa de programa municipal que promova, dentro das escolas, um concurso de textos sobre a Amazônia. A ideia é que seja produzido um livro com o 60 melhores textos, conforme Ambiental do Tribunal de Contas de Mato Grosso (TCE/MT) em movimento realizado na cidade de Sinop/MT</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>ELVES LACERDA, EDMAR MARQUES LEITE, JEAN VASCONCELOS, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, RAFAEL HELIODORO DE SOUZA, SIMONE, TUKURA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_no_073_-_2022_elves_e_todos.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_no_073_-_2022_elves_e_todos.docx</t>
   </si>
   <si>
     <t>Indicam a Exma. Prefeita Municipal o estudo de viabilidade para doação de 02 terrenos públicos para implantação da sede da Associação Comercial, Empresarial e industrial de Nova Maringá - ACEINMA E ROTARY CLUB</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, ELVES LACERDA, TUKURA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_no_074_-_2022_sorriso_e_outros.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_no_074_-_2022_sorriso_e_outros.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a iniciativa de Projeto de Lei que "Dispõe sobre a Instituição do Programa IPTU sustentável que concede descontos no Imposto Predial e Territorial Urbano - IPTU às habitações sustentáveis", conforme proposta anexa em forma de Anteprojeto de Lei</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_no_075_-_2022_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_no_075_-_2022_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma Senhora Prefeita Municipal o estudo da Possibilidade do município disponibilizar cursos profissionalizantes à comunidade, no Distrito de Brianorte em nosso município de Nova Maringá/MT</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>JEAN VASCONCELOS, TUKURA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_no_076_-_2022_jean.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_no_076_-_2022_jean.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a premente necessidade de realizar estudo para a pavimentação asfáltica, no distrito de Brianorte, em nosso município.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Indica à Exma Prefeita Municipal a premente necessidade de realizar estudo de viabilidade e implantação de serviço de transporte coletivo social (TCS) com trajeto entre o Residencial Mario Duílio Henry até UBS Laercio Pereira de Oliveira , em Nosso Município,</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>REQUER, a Exma. senhora Prefeita Municipal que informe os motivos pelos quais repassou orientação ao Secretário Municipal de Obras para recusar o recebimento de ofício desta Casa de Leis, enviado no estrito cumprimento do dever fiscalizatório. Ofício este subscrito por membros da Mesa Diretora.</t>
   </si>
@@ -1005,57 +1005,57 @@
   <si>
     <t>79</t>
   </si>
   <si>
     <t>"Dispõe sobre o fornecimento de alimentação in natura para servidores e dá outras providências".</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>"Cria o Programa Permanente Reforço escolar aos alunos matriculados nas unidades municipais de ensino".</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>"Dispõe sobre criação de Cargos Comissionados da Prefeitura Municipal de Nova Maringá/MT e alteração da Lei Municipal nº 904/2017 de 22 de março de 2017 e dá outras providências".</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>"Fica instituída a Verba de natureza Indenizatória pelo exercício de atividade essencial dos Fiscais de Tributos e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/3/projeto_de_lei_no_031-2022.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/3/projeto_de_lei_no_031-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a renovação do prazo para Registro Imobiliário do Loteamento Arinos, bem como alteração a Lei Municipal nº 330 de 30 de abril de 2004 e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/22/projeto_de_lei_no_032-2022.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/22/projeto_de_lei_no_032-2022.pdf</t>
   </si>
   <si>
     <t>Altera Lei Municipal nº 754 de 30 de julho de 2013 e dá outras providências".</t>
   </si>
   <si>
     <t>"Dispõe sobre a extinção de Cargo Comissionado da Prefeitura Municipal de Nova MaringáMT e alteração da Lei Municipal nº 904/2017 de 22 de março de 2017 e dá outras providências"</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do Cargo Comissionado da Prefeitura Municipal de Nova Maringá/MT e alteração da Lei Municipal nº 904/2017 de 22 de março de 2017 e dá outras providências".</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a proceder a abertura de Crédito Adicional Especial no orçamento vigente e dá outras providências."</t>
   </si>
   <si>
     <t>"Regulamenta o Fundo Municipal dos Direitos da Criança e do Adolescente - FMDCA, e dá outras providências".</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração da Lei Municipal nº 293 de 01 de julho de 2003 e dá outras providências".</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei Municipal nº 1.097 de 20 de outubro de 2021 e dá outras providências".</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei Municipal nº 1116 LOA do exercício de 2022 e dá outras providências".</t>
   </si>
@@ -1533,68 +1533,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/47/2022-07-27_07.38.52.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_de_resolucao_004_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/32/indicacao_no_020_-_2022_rafael.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/8/indicacao_no_001-_2022_elves.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/9/indicacao_no_005-_2022_rafael.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/10/indicacao_no_006-_2022_rafael.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/12/indicacao_no_008-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/13/indicacao_no_009-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/14/indicacao_no_010-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/15/indicacao_no_011-_2022_wagner_e_todos.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/16/indicacao_no_012-_2022_sorriso_e_jefferson.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/17/indicacao_no_013-_2022_sorriso.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/18/indicacao_no_014-_2022_sorriso.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/19/indicacao_no_015-_2022_sorriso.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/20/indicacao_no_016-_2022_tucura.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/21/indicacao_no_017-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/30/indicacao_no_018-_2022_tucura_e_outros.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/31/indicacao_no_019_-_2022_tucura_e_outros.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/33/indicacao_no_021_-_2022_sorriso_e_outros.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/34/indicacao_no_022_-_2022_sorriso_e_outros.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/4/indicacao_no_024_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/5/indicacao_no_025_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/6/indicacao_no_026_-_2022_wagner.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/23/indicacao_no_027_-_2022_elves.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/24/indicacao_no_028_-_2022_jefferson.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/25/indicacao_no_029_-_2022_jefferson.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/26/indicacao_no_030_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/27/indicacao_no_031_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/28/indicacao_no_032_-_2022_rafael.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/29/indicacao_no_033_-_2022_rafael.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/40/indicacao_no_035_-_2022_wagner_e_outros.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/41/indicacao_no_036_-_2022_jefferson.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/42/indicacao_no_037_-_2022_jefferson.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/43/indicacao_no_038_-_2022_edmar.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/45/indicacao_no_040_-_2022_edmar.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/46/indicacao_no_041_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/48/indicacao_no_042_-_2022_jefferson_e_outros.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/49/indicacao_no_043_-_2022_jefferson_e_outros.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/51/indicacao_no_045_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/53/indicacao_no_047_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/59/indicacao_no_048_-_2022_sorriso_e_outros_1.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/60/indicacao_no_049_-_2022_tucura_e_outros_1.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_050_-_2022_simone_1.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/86/indicacao_no_051_-_2022_sorriso.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/87/indicacao_no_052_-_2022_sorriso.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/88/indicacao_no_053_-_2022_sorriso.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/89/indicacao_no_054_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/91/reiteracao_indicacao_no_104-2021_simone.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/94/indicacao_no_057_-_2022_sorriso.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/95/indicacao_no_058_-_2022_jefferson.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/96/indicacao_no_059_-_2022_jefferson.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/97/indicacao_no_060-2022_elves.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/98/indicacao_no_061_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/99/indicacao_no_062_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/108/indicacao_no_068_-_2022_jefferson.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_no_069_-_2022_jefferson_e_elves.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_no_070_-_2022_jean.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_no_071_-_2022_jean.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_no072_-_2022_tucura.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_no_073_-_2022_elves_e_todos.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_no_074_-_2022_sorriso_e_outros.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_no_075_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_no_076_-_2022_jean.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/3/projeto_de_lei_no_031-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/22/projeto_de_lei_no_032-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/47/2022-07-27_07.38.52.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_de_resolucao_004_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/32/indicacao_no_020_-_2022_rafael.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/8/indicacao_no_001-_2022_elves.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/9/indicacao_no_005-_2022_rafael.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/10/indicacao_no_006-_2022_rafael.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/12/indicacao_no_008-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/13/indicacao_no_009-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/14/indicacao_no_010-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/15/indicacao_no_011-_2022_wagner_e_todos.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/16/indicacao_no_012-_2022_sorriso_e_jefferson.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/17/indicacao_no_013-_2022_sorriso.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/18/indicacao_no_014-_2022_sorriso.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/19/indicacao_no_015-_2022_sorriso.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/20/indicacao_no_016-_2022_tucura.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/21/indicacao_no_017-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/30/indicacao_no_018-_2022_tucura_e_outros.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/31/indicacao_no_019_-_2022_tucura_e_outros.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/33/indicacao_no_021_-_2022_sorriso_e_outros.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/34/indicacao_no_022_-_2022_sorriso_e_outros.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/4/indicacao_no_024_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/5/indicacao_no_025_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/6/indicacao_no_026_-_2022_wagner.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/23/indicacao_no_027_-_2022_elves.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/24/indicacao_no_028_-_2022_jefferson.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/25/indicacao_no_029_-_2022_jefferson.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/26/indicacao_no_030_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/27/indicacao_no_031_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/28/indicacao_no_032_-_2022_rafael.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/29/indicacao_no_033_-_2022_rafael.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/40/indicacao_no_035_-_2022_wagner_e_outros.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/41/indicacao_no_036_-_2022_jefferson.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/42/indicacao_no_037_-_2022_jefferson.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/43/indicacao_no_038_-_2022_edmar.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/45/indicacao_no_040_-_2022_edmar.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/46/indicacao_no_041_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/48/indicacao_no_042_-_2022_jefferson_e_outros.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/49/indicacao_no_043_-_2022_jefferson_e_outros.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/51/indicacao_no_045_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/53/indicacao_no_047_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/59/indicacao_no_048_-_2022_sorriso_e_outros_1.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/60/indicacao_no_049_-_2022_tucura_e_outros_1.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_050_-_2022_simone_1.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/86/indicacao_no_051_-_2022_sorriso.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/87/indicacao_no_052_-_2022_sorriso.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/88/indicacao_no_053_-_2022_sorriso.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/89/indicacao_no_054_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/91/reiteracao_indicacao_no_104-2021_simone.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/94/indicacao_no_057_-_2022_sorriso.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/95/indicacao_no_058_-_2022_jefferson.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/96/indicacao_no_059_-_2022_jefferson.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/97/indicacao_no_060-2022_elves.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/98/indicacao_no_061_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/99/indicacao_no_062_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/108/indicacao_no_068_-_2022_jefferson.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_no_069_-_2022_jefferson_e_elves.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_no_070_-_2022_jean.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_no_071_-_2022_jean.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_no072_-_2022_tucura.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_no_073_-_2022_elves_e_todos.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_no_074_-_2022_sorriso_e_outros.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_no_075_-_2022_simone.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_no_076_-_2022_jean.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/3/projeto_de_lei_no_031-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2022/22/projeto_de_lei_no_032-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="167.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="119.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="118.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>