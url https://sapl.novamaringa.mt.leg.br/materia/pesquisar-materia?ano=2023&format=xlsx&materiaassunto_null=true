--- v0 (2025-12-05)
+++ v1 (2026-03-07)
@@ -54,1911 +54,1911 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA A LEI ORGÂNICA MUNICIPAL</t>
   </si>
   <si>
     <t>MESA DIRETORA - MEDIR</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/234/proposta_de_emenda_a_lei_organica_001-2023.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/234/proposta_de_emenda_a_lei_organica_001-2023.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de dispositivo da Lei Orgânica do município de Nova Maringá-MT e dá outras providências”.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, JEFFERSON AUGUSTO LORDANO, RAFAEL HELIODORO DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_decreto_legislativo_no_001-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_decreto_legislativo_no_001-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título de Cidadão Nova Maringense, ao senhor Antenor Marcon.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>RAFAEL HELIODORO DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_decreto_legislativo_no_002-2023_-_renan_felicio_braghin1.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_decreto_legislativo_no_002-2023_-_renan_felicio_braghin1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Concessão de Diploma De Honra Ao Mérito Estudantil ao Estudante Renan Felicio Braghin.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>SIMONE, EDMAR MARQUES LEITE, ELVES LACERDA, JEAN VASCONCELOS, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, RAFAEL HELIODORO DE SOUZA, TUKURA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/298/projeto_de_decreto_legislativo_no_003-2023_-_joao_ferreira.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/298/projeto_de_decreto_legislativo_no_003-2023_-_joao_ferreira.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título de Cidadão Nova Maringaense ao Senhor João Ferreira.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/</t>
   </si>
   <si>
     <t>"Dispõe sobre o julgamento das Contas Anuais de Governo do Poder Executivo de Nova Maringá/MT, relativas ao exercício de 2022, e dá outras providências."</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/161/projeto_de_resolucao_no_001-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/161/projeto_de_resolucao_no_001-2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a aplicação da Lei nº 13.709, de 14 de agosto de 2018, Lei Geral de Proteção de Dados Pessoais (LGPD) no âmbito da Câmara Municipal de Nova Maringá/MT e dá outras providências”</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/173/projeto_de_resolucao_002_2023_-_contratacao_direta.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/173/projeto_de_resolucao_002_2023_-_contratacao_direta.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre o processo de contratação direta nos casos previstos pela Lei nº 14.133 de 01 de abril de 2021, e dá outras providências”.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/174/projeto_de_resolucao_003_2023_-_agentes_de_contratacao.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/174/projeto_de_resolucao_003_2023_-_agentes_de_contratacao.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a atuação do agente de contratação e da equipe de apoio, o funcionamento da comissão de contratação e a atuação de fiscais e gestores de contratos, nas áreas de que trata a Lei nº 14.133 de 01 de abril de 2021 e dá outras providências”.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_resolucao_004_2023_-_luxo.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_resolucao_004_2023_-_luxo.doc</t>
   </si>
   <si>
     <t>“Regulamenta o disposto no art. 20 da Lei nº 14.133, de 1º de abril de 2021, para estabelecer o enquadramento dos bens de consumo nas categorias de qualidade comum e de luxo, no âmbito do Poder Legislativo de Nova Maringá/MT”.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_resolucao_005_2023_-_pesquisa_de_precos.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_resolucao_005_2023_-_pesquisa_de_precos.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre os procedimentos administrativos básicos para a realização de pesquisa de preços para aquisição de bens e contratação de serviços em geral no âmbito do Poder Legislativo de Nova Maringá/MT”.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/177/projeto_de_resolucao_006_2023_-_mulheres_e_egressos.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/177/projeto_de_resolucao_006_2023_-_mulheres_e_egressos.doc</t>
   </si>
   <si>
     <t>“Regulamenta o disposto pelo §9º, do art. 25, da Lei nº 14.133, de 01 de Abril de 2021, e dá outras providências”.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>“Regulamenta a aplicação de sanções administrativas previstas pela Lei nº 14.133 de 1º de abril de 2021 e dá outras providências”.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PLENÁRIO - PLEN</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/179/projeto_de_resolucao_008_2023_-_registro_de_precos.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/179/projeto_de_resolucao_008_2023_-_registro_de_precos.doc</t>
   </si>
   <si>
     <t>“Regulamenta, no âmbito do Poder Legislativo de Nova Maringá/MT, o Sistema de Registro de Preços previsto nos arts. 82 a 86 da Lei nº 14.133 de 1º de abril de 2021 e dá outras providências”.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/180/projeto_de_resolucao_009_2023_-_pessoa_fisica.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/180/projeto_de_resolucao_009_2023_-_pessoa_fisica.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a participação de pessoa física nas contratações públicas de que trata a Lei nº 14.133, de 1º de abril de 2021, no âmbito do Poder Legislativo de Nova Maringá/MT”.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/181/projeto_de_resolucao_010_2023_-_pecas_de_planejamento.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/181/projeto_de_resolucao_010_2023_-_pecas_de_planejamento.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre as peças de planejamento das contratações públicas realizadas com base na Lei nº 14.133 de 1º de abril de 2021 e dá outras providências”.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/182/projeto_de_resolucao_011_2023_-_menor_preco_maior_desconto.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/182/projeto_de_resolucao_011_2023_-_menor_preco_maior_desconto.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a licitação pelo critério de julgamento por menor preço ou maior desconto, na forma eletrônica, para contratação de bens, serviços e obras do Poder Legislativo de Nova Maringá/MT”.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_resolucao_012_2023_-_certificado.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_resolucao_012_2023_-_certificado.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre qualificação atestada por certificação profissional emitida por escola de governo criada e mantida pelo poder público de que trata a parte final do inciso II do art. 7º, da Lei nº 14.133, de 2021, no âmbito do Poder Legislativo de Nova Maringá/MT e dá outras providências”.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_resolucao_013_2023_-_procedimentos_auxiliares.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_resolucao_013_2023_-_procedimentos_auxiliares.doc</t>
   </si>
   <si>
     <t>“Regulamenta o procedimento auxiliar de Credenciamento previsto na Lei nº 14.133, de 2021, no âmbito do Poder Legislativo de Nova Maringá/MT, e dá outras providências.”.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/185/projeto_de_resolucao_014_2023_-_recebimento_provisorio_e_definitivo.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/185/projeto_de_resolucao_014_2023_-_recebimento_provisorio_e_definitivo.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre o Recebimento Provisório e Definitivo de que trata o artigo 140 da Lei nº 14.133, de 2021, no âmbito do Poder Legislativo de Nova Maringá/MT, e dá outras providências”.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_de_resolucao_015_2023_regimento_nova_maringa_corrigido_pdf.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_de_resolucao_015_2023_regimento_nova_maringa_corrigido_pdf.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Novo Regimento Interno da Câmara Municipal de Nova Maringá, Estado de Mato Grosso, e dá outras providências".</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_resolucao_016_2023_devolucao_de_bens_1.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_resolucao_016_2023_devolucao_de_bens_1.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a devolução de bens móveis inservíveis do Poder Legislativo Municipal ao Poder Executivo Municipal de Nova Maringá, e dá outras providências.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_no_001-2023_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_no_001-2023_-_edmar.docx</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a premente necessidade de realizar limpeza e revitalização no cemitério municipal de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_no_002-2023_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_no_002-2023_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal, a premente necessidade de realizar manutenção no sistema de iluminação pública e troca das lâmpadas queimadas envolta ao Mini Estádio Municipal Lizeo Pederiva, localizado no Bairro Jardim Mayra.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>SIMONE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_no_003-2023_-_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_no_003-2023_-_simone.docx</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal, a possibilidade de estender a instalação de lixeiras seletivas no Distrito de Brianorte.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_no_004-2023_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_no_004-2023_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia a Ilma. Secretária Municipal de Assistência Social a necessidade de realizar um levantamento dos munícipes Nova Maringaenses que se enquadram nos requisitos necessários para a obtenção do Benefício da Tarifa Social de Energia Elétrica. isso à partir das informações contidas no Cadastro Único do Governo Federal (CadÚnico).</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, ELVES LACERDA, JEAN VASCONCELOS, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, RAFAEL HELIODORO DE SOUZA, SIMONE, TUKURA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_no_005-2023_anteprojeto_maquinario.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_no_005-2023_anteprojeto_maquinario.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a iniciativa de Projeto de Lei que “Dispõe sobre a realização de serviços a particulares, com máquinas, equipamentos e implementos do município, e dá outras providências”, conforme proposta anexa em forma de Anteprojeto de Lei.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/153/indicacao_no_006-2023_-_edmar_circular.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/153/indicacao_no_006-2023_-_edmar_circular.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a iniciativa de Projeto de Lei que “Dispõe sobre o sistema de transporte coletivo de passageiros e respectiva instalação de pontos de embarque/desembarque em nosso município.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/154/indicacao_no_007-2023_-_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/154/indicacao_no_007-2023_-_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a necessidade de realizar a aquisição de uma propulsora pneumática para graxa para atender a demanda da Secretária Municipal de Obras, Viação e Serviços Públicos do nosso município.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_no_008-2023_-_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_no_008-2023_-_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a necessidade de fazer calçadas de concreto com estacionamento em frente à Secretaria Municipal de Educação, Conselho Tutelar, e ao Lado da Apae.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a necessidade de realizar limpeza às margens do córrego cristalino nas proximidades da Praça Municipal Stefane Halara.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>ELVES LACERDA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_no_010-2023_anteprojeto_auxilio_alimentacao.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_no_010-2023_anteprojeto_auxilio_alimentacao.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a iniciativa de Projeto de Lei que “Dispõe sobre o pagamento de Auxílio-Alimentação aos servidores públicos ativos do município de Nova Maringá/MT, nas condições que especifica, e dá outras providências”, conforme proposta anexa em forma de Anteprojeto de Lei.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_no_011-2023_-_elves.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_no_011-2023_-_elves.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal que promova tratativas com a Secretaria de Estado de Educação (SEDUC) no intuito de iniciar um estudo para alteração da Instrução Normativa daquele órgão que dispõe sobre as diretrizes relativas à parcerias firmadas com municípios para o transporte escolar dos estudantes da rede estadual de ensino residentes na zona rural.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>JORGE VIDAL, EDMAR MARQUES LEITE, JEFFERSON AUGUSTO LORDANO, TUKURA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_no_012-2023_-_jorge_e_outros.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_no_012-2023_-_jorge_e_outros.docx</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a implantação de redutores de velocidade na MT 160 sentido município de São José do Rio Claro, no trecho compreendido entre a Agroamazonia e o Restaurante Santo Antônio.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>WAGNER ROBERTO LORDANO, EDMAR MARQUES LEITE, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, TUKURA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/160/indicacao_no_013-2023_-_wagner_e_outros.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/160/indicacao_no_013-2023_-_wagner_e_outros.docx</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar limpeza da sarjeta de capitação de águas pluviais e a construção de meio-fio para contenção de água nas proximidades da Secretária Municipal de Obras, Viação e Serviços Públicos.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, SIMONE, TUKURA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_no_014-2023_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_no_014-2023_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar um estudo de viabilidade para a abertura de um contorno na Avenida Amos Bernardino Zanchet, em frente ao Pereira Autopeças.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao_no_015-2023_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao_no_015-2023_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a possibilidade realizar o nivelamento da Praça Municipal Stefane Harala, e a implantação de um Centro Poliesportivo no local.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>WAGNER ROBERTO LORDANO, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, TUKURA</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal De Obras Viação e Serviços Públicos a premente necessidade de realizar a manutenção nas estradas vicinais dos municípios sendo primordial o início dos trabalhos no trecho que compreende desde o Cemitério até o Assentamento Santo Antônio.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/166/indicacao_no_017-2023_-_wagner.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/166/indicacao_no_017-2023_-_wagner.docx</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal De Obras Viação e Serviços Públicos a premente necessidade de realizar a manutenção nas estradas vicinais do Assentamento Arinos.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>TUKURA, JORGE VIDAL, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_no_018-2023_-_osvaldo.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_no_018-2023_-_osvaldo.docx</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal de Obras Viação e Serviços Públicos a premente necessidade de realizar a manutenção/reparo na ponte sobre Rio Ponte de Pedra, sentido ao Assentamento Chacororé, bem como a recuperação das estradas de acesso.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, SIMONE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/186/indicacao_no_019-2023_-_edmar_e_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/186/indicacao_no_019-2023_-_edmar_e_simone.docx</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a instalação de Equipamento de Fiscalização Eletrônica no município, sendo distribuídos em 4 pontos estratégicos.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>TUKURA, EDMAR MARQUES LEITE, ELVES LACERDA, JEAN VASCONCELOS, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, RAFAEL HELIODORO DE SOUZA, SIMONE, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/187/indicacao_no_020-2023_todos.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/187/indicacao_no_020-2023_todos.docx</t>
   </si>
   <si>
     <t>Indicam ao Exmo. Deputado Estadual Dilmar Dal Bosco, a possibilidade de envidar esforços para a viabilização de Recursos Financeiros junto aos Órgãos competentes visando o asfaltamento da pista de pouso e implantação da estrutura básica para a segurança dos usuários do município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/190/indicacao_no_021-2023_-_edmar_-_detector_de_metal.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/190/indicacao_no_021-2023_-_edmar_-_detector_de_metal.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a distribuição de equipamentos detectores de metais nos centros de ensino do município.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_no_022-2023_-_edmar_-_protesista.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_no_022-2023_-_edmar_-_protesista.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a contratação de serviços de Protesista para atender os munícipes Nova Maringaenses.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_no_023-2023_-_edmar_-_manu._estra_panorama.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_no_023-2023_-_edmar_-_manu._estra_panorama.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal de Obras, Viação e Serviços Públicos, a premente necessidade de realizar manutenção na estrada municipal sentido Fazenda Panorama.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_no_024-2023_-simone_-corrida_de_rua.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_no_024-2023_-simone_-corrida_de_rua.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a possibilidade de aderir ao Programa de Circuito Popular de Corrida de Rua em nosso município.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_no_025-2023_-simone_-_uniforme.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_no_025-2023_-simone_-_uniforme.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a confecção de saias e calças para padronizar os uniformes dos alunos evangélicos.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_no_026-2023_-simone_-_trem_da_alegria.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_no_026-2023_-simone_-_trem_da_alegria.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a disponibilização de um Trem da Alegria para os alunos da primeira alfabetização.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>JEFFERSON AUGUSTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/196/indicacao_no_027-2023_-jefferson_-_ciclovia.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/196/indicacao_no_027-2023_-jefferson_-_ciclovia.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a implantação de uma Ciclovia no trecho entre a rotatória próxima ao almoxarifado exclusivo do Programa Ser Família e a rotatória da MT 249.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_no_028-2023_-jefferson_-_aduelas.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_no_028-2023_-jefferson_-_aduelas.docx</t>
   </si>
   <si>
     <t>Reitera a Indicação Nº 029/2022 a qual indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a abertura da passagem e pontes que dão acesso as Ruas Getúlio Vargas e Castro Alves, ao fundo da Praça Municipal.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/198/indicacao_no_029-2023_-jefferson_-_manutencao.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/198/indicacao_no_029-2023_-jefferson_-_manutencao.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar manutenção na estrada entre a MT 249 próximo ao Restaurante Santo Antônio até a estrada que dá acesso ao Lago Azul e região.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/200/indicacao_no_030-2023_-elves_lacerda.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/200/indicacao_no_030-2023_-elves_lacerda.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a premente necessidade de realizar estudo de viabilidade para implantação do Ponto De Atendimento Virtual Da Receita Federal (PAV) em Nova Maringá/MT.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_no_031-2023_-elves_lacerda.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_no_031-2023_-elves_lacerda.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita municipal a iniciativa de projeto que promova o desenvolvimento do hábito de leitura pela comunidade escolar, conforme referência anexa.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_no_032-2023_-simone_mascara.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_no_032-2023_-simone_mascara.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita municipal a premente necessidade de realizar a aquisição de mascara de proteção para o lavador municipal de nova Maringá/MT.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_no_033-2023_-simone_pedagio.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_no_033-2023_-simone_pedagio.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita municipal a premente necessidade de instalar TAGS de pedágio nas ambulâncias do município</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/204/indicacao_no_034-2023_-simone_banco_ubs.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/204/indicacao_no_034-2023_-simone_banco_ubs.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita municipal a a premente necessidade de realizar a implantação de bancos no ponto de ônibus em frente à UBS Vereador Aparecido Alves.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_no_035-2023_-edmar_camara_fria.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_no_035-2023_-edmar_camara_fria.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a possibilidade de utilizar as duas câmaras frias do município para armazenagem das verduras e  legumes dos pequenos produtores.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_no_036-2023_-edmar_monitora.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_no_036-2023_-edmar_monitora.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita municipal a a premente necessidade de realizar a contratação de monitoras para o transporte escolar do município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/207/indicacao_no_037-2023_-edmar_rodeio.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/207/indicacao_no_037-2023_-edmar_rodeio.docx</t>
   </si>
   <si>
     <t>Indica ao Exmo. Senhor Prefeito municipal a premente necessidade de realizar a apoio através de recursos financeiros para a realização do Evento Nova Maringá Show em nosso município.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/208/indicacao_no_038-2023_mt_488.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/208/indicacao_no_038-2023_mt_488.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal com cópia ao Ilmo. Secretário Secretário Municipal de Obras Viação e Serviços Públicos  a premente necessidade de realizar a reparo na MT 488 entre a divisa com o município de Brasnorte/MT e Município de Tapurah/MT.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/210/indicacao_no_039-2023_programa_de_silagem.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/210/indicacao_no_039-2023_programa_de_silagem.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal com cópia ao Ilmo. Secretário Municipal de Agricultura, a premente necessidade de realizar um trabalho de apoio aos pequenos produtores rurais do nosso município através do Programa de Silagem.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_no_040-2023_cartao_postal.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_no_040-2023_cartao_postal.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita municipal a possibilidade de instalar um Cartão Postal de Nova Maringá na rotária de chegada do município.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_no_041-2023_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_no_041-2023_-_edmar.docx</t>
   </si>
   <si>
     <t>Reitera a Indicação nº 002/2023, a qual indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar manutenção no sistema de iluminação pública e troca das lâmpadas queimadas envolta ao Mini Estádio Lizeo Pederiva, localizado no Bairro Jardim Mayra.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>WAGNER ROBERTO LORDANO, JORGE VIDAL</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/219/indicacao_no_042-2023_-_wagner_e_jorge.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/219/indicacao_no_042-2023_-_wagner_e_jorge.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a aquisição de um Caminhão com Escada Magirus para maior segurança nos serviços de troca de lâmpadas e poda de árvores no município.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_no_043-2023_-_wagner_e_jorge_refis.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_no_043-2023_-_wagner_e_jorge_refis.docx</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal a necessidade de promover o lançamento de Programa de Recuperação Fiscal (REFIS), com objetivo de alcançar a regularização de créditos do município, decorrentes de débitos relativos a Tributos Municipais.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_no_044-2023_-_wagner_e_jorge.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_no_044-2023_-_wagner_e_jorge.docx</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal De Obras Viação E Serviços Públicos, a premente necessidade de realizar a manutenção na estrada vicinal de acesso ao Assentamento Chacorore.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>TUKURA, ELVES LACERDA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_no_045-2023_-_tukura_e_elves_apae.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_no_045-2023_-_tukura_e_elves_apae.docx</t>
   </si>
   <si>
     <t>Indicam ao Exmo. Deputado Estadual Dilmar Dal Bosco, a possibilidade de realizar apoio através de recursos financeiros para a aquisição de um veículo para a Associação de Pais e Amigos dos Excepcionais (APAE) do município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_no_046-2023_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_no_046-2023_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a instalação de câmeras de monitoramento nos ônibus escolares e nos caminhões da Frota Municipal como forma de proteção ao patrimônio público.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_no_047-2023_-_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_no_047-2023_-_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a implantação de redutores de velocidade próximo ao cruzamento da rotatória de acesso ao anel viário nas proximidades do Indea.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_no_048-2023_-_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_no_048-2023_-_simone.docx</t>
   </si>
   <si>
     <t>Indica à exma. Prefeita Municipal, Senhora Ana Maria Urquiza Casagrande a premente necessidade de realizar limpeza nas vegetações às margens do anel viário.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>RAFAEL HELIODORO DE SOUZA, EDMAR MARQUES LEITE, ELVES LACERDA, JORGE VIDAL, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_no_049-2023_-_rafa_e_outros.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_no_049-2023_-_rafa_e_outros.docx</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, Senhora Ana Maria Urquiza Casagrande, a premente necessidade de realizar manutenção na iluminação do Mini Estádio Municipal Lizeo Pederiva, localizado no Bairro Jardim Mayra.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_no_050-2023_-edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_no_050-2023_-edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal Senhora Ana Maria Urquiza Casagrande a premente necessidade de realizar a instalação de mais tubos de conexão de concreto  entre a MT 160 e o perímetro urbano (próximo ao Pezão Molas), a fim de melhorar o trânsito no local.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_no_051-2023_-_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_no_051-2023_-_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar aceiros ao longo do cercado do lixão, com o objetivo de prevenir a passagem de fogo para área vizinha.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/236/indicacao_no_052-2023_-edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/236/indicacao_no_052-2023_-edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a aquisição de uma Empilhadeira Contrabalanceada para atender as demandas da Secretaria Municipal de Obras, Viação e Serviços Públicos.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/239/indicacao_no_053-2023_-_rafa_-_praca.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/239/indicacao_no_053-2023_-_rafa_-_praca.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a possibilidade de realizar a construção de uma Praça no Bairro Jardim América, no espaço em frente ao Restaurante Municipal.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/240/indicacao_no_054-2023_-_rafa_-_ar_nos_onibus.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/240/indicacao_no_054-2023_-_rafa_-_ar_nos_onibus.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, para que determine ao responsável pelo Transporte Escolar, que seja realizada manutenção nos ar condicionados dos ônibus e Vans.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/242/indicacao_no_055-2023_-_rafa_-_refletores_praca.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/242/indicacao_no_055-2023_-_rafa_-_refletores_praca.docx</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a manutenção dos refletores de iluminação da quadra de areia localizada na Praça Municipal Stefane Harala.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/243/indicacao_no_056-2023_-jefferson_-_iluminacao.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/243/indicacao_no_056-2023_-jefferson_-_iluminacao.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a instalação de iluminação nas Ruas Andréia, Fabiana e Adriana localizadas no Bairro Jardim Mayra e Jardim Tropical.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/244/indicacao_no_057-2023_-jefferson_-_corrimao.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/244/indicacao_no_057-2023_-jefferson_-_corrimao.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a instalação de Corrimão / Guarda-Corpo na borda das pontes que foram feitas dentro do município.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>TUKURA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/245/indicacao_no_058-2023_-_osvaldo.pdf.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/245/indicacao_no_058-2023_-_osvaldo.pdf.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal de Obras, Viação e Serviços Públicos, a premente necessidade de reativar a antiga estrada de acesso ao Assentamento Chacorore e demais fazendas.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/246/indicacao_no_059-2023_-_trevo-rotatoria.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/246/indicacao_no_059-2023_-_trevo-rotatoria.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal De Obras, Viação E Serviços Públicos a premente necessidade de realizar a abertura de uma rotatória em volta ao barracão da antiga Associação Santo Antônio, que dá acesso a vários assentamentos.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/247/indicacao_no_060-2023_-desvio_caminhoes.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/247/indicacao_no_060-2023_-desvio_caminhoes.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal de Obras, Viação e Serviços Públicos a premente necessidade de adotar medidas que viabilizem a proibição de caminhões transitarem na Avenida Amos Bernardino Zanchet.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/248/indicacao_no_061-2023_rafael_-_lavagem_asfalto.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/248/indicacao_no_061-2023_rafael_-_lavagem_asfalto.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal de Obras, Viação e Serviços Públicos a premente necessidade de realizar serviços de lavagem do asfalto da Avenida Amos Bernardino Zanchet.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/249/indicacao_no_062-2023_codigo_de_obras.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/249/indicacao_no_062-2023_codigo_de_obras.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a necessidade de Promover Ação fiscalizatória nos postos de serviço e abastecimento de veículos da cidade, a fim de exigir o fiel cumprimento da Lei Municipal nº 296/2003.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/250/indicacao_no_063-2023_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/250/indicacao_no_063-2023_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal, a Premente necessidade de realizar a troca dos Tachões Refletivos localizados na Avenida Amos Bernardino Zanchet, em frente ao Restaurante Boi no Prato, por um quebra-molas ou um redutor de velocidade</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/251/indicacao_no_064-2023_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/251/indicacao_no_064-2023_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a manutenção e fiscalização da limpeza das vegetações afixadas nas calçadas do município.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/252/indicacao_no_065-2023_-rafael_-_iluminacao.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/252/indicacao_no_065-2023_-rafael_-_iluminacao.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a instalação de iluminação na Rua Espanha, localizada no Bairro Jardim Europa.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/253/indicacao_no_066-2023_-_rafael.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/253/indicacao_no_066-2023_-_rafael.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar obras de manutenção na Ponte da MT 488, que se encontra erodida em suas laterais.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/254/indicacao_no_067-2023_-simone_-_quebra_molas.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/254/indicacao_no_067-2023_-simone_-_quebra_molas.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de providenciar a instalação de um redutor de velocidade e ou, Quebra-Molas nas ruas A e B, do Loteamento Mário Duílio Henry.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/264/indicacao_no_068-2023_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/264/indicacao_no_068-2023_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a premente necessidade de utilizar escavadeiras hidráulicas para a construção de tanques de peixes para os pequenos agricultores do município.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/265/indicacao_no_069-2023_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/265/indicacao_no_069-2023_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a premente necessidade de implantar uma pista de caminhada e ciclismo no trecho compreendido entre a oficina do Jurandir e o Safras Armazéns Gerais.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a premente necessidade de reduzir a largura dos canteiros da Avenida Amos Bernardino Zanchet, de modo que aumente o logradouro, e proporcione melhora no trafego de veículos da única avenida do município.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/266/indicacao_no_071-2023_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/266/indicacao_no_071-2023_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a premente necessidade de ampliar o Mini Estádio Municipal Lizeo Pederiva com a construção de uma quadra de areia e a instalação de traves de gol para as crianças treinarem.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/268/indicacao_no_072-2023_-_edmar_-_manu._estra_panorama.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/268/indicacao_no_072-2023_-_edmar_-_manu._estra_panorama.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal De Obras, Viação E Serviços Públicos, a premente necessidade de realizar manutenção na estrada municipal sentido Fazenda Panorama até o Assentamento Chacorore.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a premente necessidade promover através de convênio, evento público voltado a população evangélica, com livre acesso a comunidade, a fim de comemorar o Dia do Evangélico, que é celebrado no dia 30 de novembro.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/270/indicacao_no_074-2023_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/270/indicacao_no_074-2023_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a premente necessidade de realizar a instalação de câmeras de monitoramento no Mini Estádio Lizeo Pederiva, com visão designada em especial ao playground.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/287/indicacao_no_075-2023_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/287/indicacao_no_075-2023_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a premente necessidade de realizar a instalação de câmeras de monitoramento no Mini Estádio Lizeo Pederiva, com visão designada em especial ao Playground.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/291/indicacao_no_076-2023_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/291/indicacao_no_076-2023_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a premente necessidade de retomar abertura da feira-municipal no município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, RAFAEL HELIODORO DE SOUZA, SIMONE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/292/indicacao_no_077-2023_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/292/indicacao_no_077-2023_-_edmar.docx</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal a premente necessidade de conceder um espaço destinado a pratica de motocross e bicicross no município, bem como executar a implantação de uma pista para desenvolver a atividade.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, JORGE VIDAL, SIMONE, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/293/indicacao_no_078-2023_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/293/indicacao_no_078-2023_-_edmar.docx</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal a premente necessidade de realizar a implantação de quebra-molas nas duas vias da Avenida Amos Bernardino Zanchet, nas proximidades do Supermercado Macedo.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>WAGNER ROBERTO LORDANO, EDMAR MARQUES LEITE, SIMONE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/294/indicacao_no_079-2023_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/294/indicacao_no_079-2023_-_edmar.docx</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal a premente necessidade de realizar a instalação de lixeiras nas proximidades da galeria do anel viário, bem como a conscientização à população.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/295/indicacao_no_080-2023_energia_eletrica.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/295/indicacao_no_080-2023_energia_eletrica.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a necessidade de promover a contratação de empresa especializada em serviços de medição do consumo de energia elétrica kw/h, análise da energia elétrica fornecida pela contratada (Energisa), bem como emissão de parecer técnico com estudo para avaliar as características funcionais da localidade e as medidas necessárias para melhoria da prestação do referido serviço, considerando, ainda, a possibilidade de chegada de novos investidores no município.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/301/indicacao_no_081-2023_-simone_-_trem_da_alegria.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/301/indicacao_no_081-2023_-simone_-_trem_da_alegria.docx</t>
   </si>
   <si>
     <t>Reitera à Exma. Senhora Prefeita Municipal a premente necessidade de realizar a disponibilização de um Trem da Alegria para os alunos da primeira alfabetização.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/302/indicacao_no_082-2023_-elves_-_bradesco.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/302/indicacao_no_082-2023_-elves_-_bradesco.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal, a premente necessidade de celebrar Termo De Convênio com o Banco Bradesco, para permitir o agendamento/pagamento de tributos de forma totalmente eletrônica, e que intervenha a instalação de uma Agência de atendimento Bradesco em nosso município.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, JEAN VASCONCELOS</t>
   </si>
   <si>
     <t>Requer à Presidência da Câmara Municipal, para que remeta a esta Casa de Leis, a necessidade de realizar uma Sessão Itinerante no Distrito de Brianorte.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Poder Executivo)</t>
   </si>
   <si>
     <t>ANA MARIA URQUIZA CASAGRANDE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/134/proeto_de_lei_no_001-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/134/proeto_de_lei_no_001-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CONCEDER PREMIAÇÃO NO ÂMBITO DA CAMPANHA DE INCENTIVO A ARRECADAÇÃO DO IPTU DO EXERCÍCIO DE 2023, ATRAVÉS DE SORTEIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_lei_no_002-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_lei_no_002-2023.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE EXAME TOXICOLÓGICO PERIÓDICO PARA OS OCUPANTES DO CARGO DE VIGIA E MOTORISTA, NA FORMA QUE MENCIONA, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/140/projeto_de_lei_no_003-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/140/projeto_de_lei_no_003-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/141/projeto_de_lei_no_004-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/141/projeto_de_lei_no_004-2023.pdf</t>
   </si>
   <si>
     <t>"CRIA O PROGRAMA MUNICIPAL DE INCENTIVO E APOIO AOS PEQUENOS PRODUTORES RURAIS E AGRICULTURA FAMILIAR E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/142/projeto_de_lei_no_005-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/142/projeto_de_lei_no_005-2023.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ALTERAÇÃO DO QUANTITATIVO DE VAGAS PARA OS CARGOS EFETIVOS DO MUNICÍPIO DE NOVA MARINGÁ , E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/143/projeto_de_lei_no_006-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/143/projeto_de_lei_no_006-2023.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ALTERAÇÃO DO QUANTITATIVO DE VAGAS PARA OS CARGOS EFETIVOS DO MUNICÍPIO DE NOVA MARINGÁ, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/144/projeto_de_lei_no_007-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/144/projeto_de_lei_no_007-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA OS VENCIMENTOS DO CARGO DE CONTADOR CONSTANTE NO ANEXO X DA LEI MUNICIPAL Nº 217/2001”.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/145/projeto_de_lei_no_008-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/145/projeto_de_lei_no_008-2023.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ALTERAÇÕES DA LEI MUNICIPAL Nº 293/2003, QUE INSTITUI O ESTATUTO DOS SERVIDORES PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/168/projeto_de_lei_no_009-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/168/projeto_de_lei_no_009-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece a estrutura e o Funcionamento do Conselho Tutelar de Nova Maringá/MT e dá outras providências".</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/169/projeto_de_lei_no_010-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/169/projeto_de_lei_no_010-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei Municipal nº 1.124 de 07 de fevereiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/170/projeto_de_lei_no_011-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/170/projeto_de_lei_no_011-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei Municipal Nº 1.124 de 07 de fevereiro de 2022 e dá outras providências".</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_de_lei_no_012-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_de_lei_no_012-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações da lei Municipal nº 293/2003, que institui o Estatuto dos Servidores Públicos do município de Nova MaringÁ/MT</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/172/projeto_de_lei_no_013-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/172/projeto_de_lei_no_013-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações da Lei Municipal nº 1.085 de 21 de junho de 2021 e dá outras providências".</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>“Institui e Regulamenta o Serviço de Inspeção Municipal de Produtos de Origem Animal e Vegetal – SIM/POAV, para as agroindústrias de pequeno porte, familiares e artesanais, no município de Nova Maringá/MT e dá outras providências”.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/199/projeto_de_lei_no_015-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/199/projeto_de_lei_no_015-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder abertura de Crédito Adicional Especial ao Orçamento Vigente e dá outras providências".</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a contratar operação de crédito e dá outras providências".</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a comprar imóvel no município de Nova Maringá e dá outras providências".</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>Autoriza o município de Nova Maringá/MT a Desafetar Imóvel constante do Patrimônio Público e Cria o Loteamento Jardim Imperial e dá outras providências".</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Prédio Público Clube Vovô Mateus Bonini e dá outras providências".</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>"Dispõe sobre denominação de Prédio Público Cento de Reabilitação Cristiano Pereira da Silva e dá outras providências."</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>"Autoriza emenda substitutiva ao Artigo nº 2 à Lei Municipal Nº 0466/200 7 que aprovou o residencial Mario Duílio Henry e dá outras providências".</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>"Dispõe sobre alterações na Lei Municipal nº 904/2017 e dá outras providências."</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/229/pl_023-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/229/pl_023-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo Municipal celebrar Termo de Convênio com a Associação de desenvolvimento Comunitário de Brianorte e dá outras providências”.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/230/pl_024-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/230/pl_024-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Cargos Comissionados a Prefeitura Municipal de Nova Maringá/MT e alteração da Lei Municipal n° 904/2017 de 22 de março de 2017 e dá outras providências”.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>Dispõe sobre a implementação da Educação Integral nas instituições Municipais de ensino e dá outras providências”.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_de_lei_no_027-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_de_lei_no_027-2023.pdf</t>
   </si>
   <si>
     <t>Altera os vencimentos do Cargo de Técnico Agrícola constante no anexo X da Lei Municipal nº 217/2001</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/255/projeto_de_lei_no_028-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/255/projeto_de_lei_no_028-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a comprar imóvel no município de Nova Maringá e dá outras providências".</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/256/projeto_de_lei_no_029-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/256/projeto_de_lei_no_029-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar imóvel ao Rotary Club de Nova Maringá nas condições especificas e dá outras providências".</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/257/projeto_de_lei_no_030-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/257/projeto_de_lei_no_030-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Memorial em Homenagem Histórica às famílias Basilares e dá outras providências".</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/258/projeto_de_lei_no_031-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/258/projeto_de_lei_no_031-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder abertura de Crédito Adicional Especial no orçamento Vigente e dá outras providências."</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/259/projeto_de_lei_no_032-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/259/projeto_de_lei_no_032-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a declaração de interesse público da ampliação do trecho de travessia urbana na MT 160 em Nova Maringá e dá outras providencias".</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/260/projeto_de_lei_no_033-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/260/projeto_de_lei_no_033-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as diretrizes (LDO) para a elaboração da Lei Orçamentária de 2024 e dá outras providências."</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/261/projeto_de_lei_no_034-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/261/projeto_de_lei_no_034-2023.pdf</t>
   </si>
   <si>
     <t>Compatibiliza e Altera as Metas Físicas e Financeiras do Plano Plurianual para o exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/275/projeto_de_lei_no_035-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/275/projeto_de_lei_no_035-2023.pdf</t>
   </si>
   <si>
     <t>Súmula: "Dispõe sobre a alteração da nomenclatura de Cargo Comissionado da Prefeitura Municipal de Nova Maringá/MT contidos na Lei Municipal n°. 904/2017 de 22 de março de 2017 e dá outras providências".</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/276/projeto_de_lei_no_036-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/276/projeto_de_lei_no_036-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração da Lei Municipal n° 1.124 de 07 de Fevereiro de 2022 e dá outras providências".</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/277/projeto_de_lei_no_037-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/277/projeto_de_lei_no_037-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder a abertura de Crédito Adicional Especial no orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/273/projeto_de_lei_no_038-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/273/projeto_de_lei_no_038-2023.pdf</t>
   </si>
   <si>
     <t>"Regulamenta no âmbito do município de Nova Maringá/MT a Lei Federal 14.434/2022 que trata do piso Salarial dos profissionais de enfermagem dá outras providências".</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/274/projeto_de_lei_no_039-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/274/projeto_de_lei_no_039-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei de de Setembro de 2023  - Lei de diretrizes orçamentárias para o exercício de 2024 - LDO e dá outras providências".</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/278/projeto_de_lei_no_040-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/278/projeto_de_lei_no_040-2023.pdf</t>
   </si>
   <si>
     <t>"Cria o Loteamento Jardim Alvorada em área de expansão urbana e dá outras providências".</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>"Dispõe sobre alterações da Lei Municipal n° 293/2003, que institui o Estatuto dos Servidores Públicos do Município de Nova Maringá e da outras providencias."</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_de_lei_no_042-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_de_lei_no_042-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as alterações das nomenclaturas de Cargos Comissionados da Prefeitura Municipal de Nova Maringá/MT contidos na Lei Municipal n°. 904/2017 de 22 de março de 2017 e dá outras providências"</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_de_lei_no_043-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_de_lei_no_043-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização para abertura de Créditos Adicionais Suplementares no exercício de 2023, e dá outras providências"</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>Dispõe sobre Projeto de Lei Orçamentária Anual (PLOA 2024).</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>Dispõe sobre critérios e condições para abertura de Créditos Adicionais e Autorização para Remanejamento e Transposições ao Orçamento Anual 2024 - LOA do Município de Nova Maringá - MT, e dá outras providências.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo Municipal instituir o Programa de Recuperação Fiscal – REFIS, no município de Nova Maringá/MT e dá outras providências.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/299/ccf05122023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/299/ccf05122023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Municipal nº 294/2003 e dá outras providências</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>"Institui a isenção dos emolumentos de registro de titulo definitivo concedido pelo poder público e dá outras providências".</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>Dispõe sobre a a Criação de Cargos Comissionados da Prefeitura Municipal de Nova Maringá/MT e alteração da Lei Municipal nº 904/2017 de 22 de março de 2017 e dá outras providências".</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Poder Legislativo)</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/137/projeto_de_lei_no_001-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/137/projeto_de_lei_no_001-2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÕES DA LEI MUNICIPAL Nº 826, DE 05 DE MAIO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/138/projeto_de_lei_no_002-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/138/projeto_de_lei_no_002-2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL Nº 828, DE 05 DE MAIO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/139/projeto_de_lei_no_003-2023_fogos.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/139/projeto_de_lei_no_003-2023_fogos.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a proibição do manuseio, da utilização, da queima e da soltura de fogos de artifício, de estampido, ou similares de efeito sonoro ruidoso no Município de Nova Maringá/MT, e dá outras providências”.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/162/projeto_de_lei_no_004-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/162/projeto_de_lei_no_004-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei Municipal nº 778/2023, que trata sobre o quadro de Pessoal e respectivo Plano de Cargos, Carreiras e Salários dos servidores da Câmara Municipal de Nova Maringá/MT e dá outras providências”</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>“Dispõe sobre a alteração da Lei Municipal n°778/2013, que trata sobre o quadro de pessoal e respectivo plano de cargos, carreiras e salários dos servidores da Câmara Municipal de Nova Maringá/MT e dá outras providências”.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_de_lei_no_006-2023_sacos_e_sacolas_ecologicas.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_de_lei_no_006-2023_sacos_e_sacolas_ecologicas.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do uso de sacos plásticos de lixo ecológicos e sacolas ecológicas, e dá outras providências”.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>"Dispõe sobre alterações da Lei Municipal N° 423, de 11 de outubro de 2006, e dá outras providências"</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>“Dispõe sobre a fixação do subsídio dos Vereadores para a Legislatura 2025/2028, e dá outras providências”.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>“Dispõe sobre a fixação dos subsídios mensais do Prefeito, do Vice-Prefeito e dos Secretários Municipais a partir de 1° de janeiro de 2025, e dá outras providências".</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/284/projeto_de_lei_no_010-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/284/projeto_de_lei_no_010-2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a instituição do “Dia do Evangélico” no município de Nova Maringá/MT e dá outras providências”.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/300/projeto_de_lei_no_011-2023_ucmmat.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/300/projeto_de_lei_no_011-2023_ucmmat.doc</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Município de Nova Maringá/MT, por intermédio da Câmara Municipal de Nova Maringá/MT, para filiar-se à UCMMAT – União das Câmaras Municipais do Estado de Mato Grosso, e dá outras providências</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar (Poder Executivo)</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/146/projeto_de_lei_complementar_no_001-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/146/projeto_de_lei_complementar_no_001-2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ORGANIZAÇÃO DA PROCURADORIA JURÍDICA DO MUNICÍPIO DE NOVA MARINGÁ E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/147/projeto_de_lei_complementar__n_002-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/147/projeto_de_lei_complementar__n_002-2023.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR MUNICIPAL Nº 001/2013 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_complementar_no_002-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_complementar_no_002-2023.pdf</t>
   </si>
   <si>
     <t>"Cria o Programa Municipal Habita Nova Maringá e dá outras providências".</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>"Dispõe sobre alterações na Lei Complementar nº 029/2023 e dá outras providências."</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>CAS</t>
   </si>
   <si>
     <t>Calendário Legislativo Semestral</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, JEAN VASCONCELOS, JEFFERSON AUGUSTO LORDANO, SIMONE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/126/calendario_sessoes_2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/126/calendario_sessoes_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Calendário Legislativo do 1º Semestre de 2023 de Autoria da Mesa Diretora Biênio 2021/2022.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/241/ccf05072023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/241/ccf05072023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Calendário Legislativo do 2º Semestre de 2023 de Autoria da Mesa Diretora Biênio 2023/2024.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>"Dispõe sobre Calendário Legislativo Semestral referente ao 1º Semestre do exercício de 2024”.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/289/mocao_de_aplausos_no_001-2023.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/289/mocao_de_aplausos_no_001-2023.pdf</t>
   </si>
   <si>
     <t>HOMENAGEADO: EDINEI LUIZ LONGO</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/290/mocao_de_aplausos_no_002-2022.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/290/mocao_de_aplausos_no_002-2022.pdf</t>
   </si>
   <si>
     <t>HOMENAGEADO: GILVAN RODRIGUES</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>JEAN VASCONCELOS, SIMONE, TUKURA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/296/mocao_de_aplausos_no_003-2022.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/296/mocao_de_aplausos_no_003-2022.doc</t>
   </si>
   <si>
     <t>Homenageado: Fidel Antônio Gasperini.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/297/mocao_de_aplausos_no_004-2022.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/297/mocao_de_aplausos_no_004-2022.doc</t>
   </si>
   <si>
     <t>Homenageada: Margarete Camargo de Souza.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>MAP</t>
   </si>
   <si>
     <t>Moção de Apoio</t>
   </si>
   <si>
     <t>Moção de Apoio ao Congresso Nacional, a fim de garantir as prerrogativas constitucionais e republicanas das competências do Poder Legislativo, em face da iminente legalização do aborto por meio da ADPF 442 pelo STF.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>EMI</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
@@ -2310,68 +2310,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/234/proposta_de_emenda_a_lei_organica_001-2023.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_decreto_legislativo_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_decreto_legislativo_no_002-2023_-_renan_felicio_braghin1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/298/projeto_de_decreto_legislativo_no_003-2023_-_joao_ferreira.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/161/projeto_de_resolucao_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/173/projeto_de_resolucao_002_2023_-_contratacao_direta.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/174/projeto_de_resolucao_003_2023_-_agentes_de_contratacao.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_resolucao_004_2023_-_luxo.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_resolucao_005_2023_-_pesquisa_de_precos.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/177/projeto_de_resolucao_006_2023_-_mulheres_e_egressos.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/179/projeto_de_resolucao_008_2023_-_registro_de_precos.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/180/projeto_de_resolucao_009_2023_-_pessoa_fisica.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/181/projeto_de_resolucao_010_2023_-_pecas_de_planejamento.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/182/projeto_de_resolucao_011_2023_-_menor_preco_maior_desconto.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_resolucao_012_2023_-_certificado.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_resolucao_013_2023_-_procedimentos_auxiliares.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/185/projeto_de_resolucao_014_2023_-_recebimento_provisorio_e_definitivo.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_de_resolucao_015_2023_regimento_nova_maringa_corrigido_pdf.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_resolucao_016_2023_devolucao_de_bens_1.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_no_001-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_no_002-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_no_003-2023_-_simone.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_no_004-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_no_005-2023_anteprojeto_maquinario.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/153/indicacao_no_006-2023_-_edmar_circular.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/154/indicacao_no_007-2023_-_simone.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_no_008-2023_-_simone.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_no_010-2023_anteprojeto_auxilio_alimentacao.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_no_011-2023_-_elves.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_no_012-2023_-_jorge_e_outros.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/160/indicacao_no_013-2023_-_wagner_e_outros.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_no_014-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao_no_015-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/166/indicacao_no_017-2023_-_wagner.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_no_018-2023_-_osvaldo.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/186/indicacao_no_019-2023_-_edmar_e_simone.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/187/indicacao_no_020-2023_todos.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/190/indicacao_no_021-2023_-_edmar_-_detector_de_metal.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_no_022-2023_-_edmar_-_protesista.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_no_023-2023_-_edmar_-_manu._estra_panorama.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_no_024-2023_-simone_-corrida_de_rua.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_no_025-2023_-simone_-_uniforme.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_no_026-2023_-simone_-_trem_da_alegria.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/196/indicacao_no_027-2023_-jefferson_-_ciclovia.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_no_028-2023_-jefferson_-_aduelas.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/198/indicacao_no_029-2023_-jefferson_-_manutencao.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/200/indicacao_no_030-2023_-elves_lacerda.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_no_031-2023_-elves_lacerda.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_no_032-2023_-simone_mascara.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_no_033-2023_-simone_pedagio.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/204/indicacao_no_034-2023_-simone_banco_ubs.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_no_035-2023_-edmar_camara_fria.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_no_036-2023_-edmar_monitora.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/207/indicacao_no_037-2023_-edmar_rodeio.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/208/indicacao_no_038-2023_mt_488.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/210/indicacao_no_039-2023_programa_de_silagem.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_no_040-2023_cartao_postal.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_no_041-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/219/indicacao_no_042-2023_-_wagner_e_jorge.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_no_043-2023_-_wagner_e_jorge_refis.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_no_044-2023_-_wagner_e_jorge.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_no_045-2023_-_tukura_e_elves_apae.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_no_046-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_no_047-2023_-_simone.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_no_048-2023_-_simone.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_no_049-2023_-_rafa_e_outros.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_no_050-2023_-edmar.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_no_051-2023_-_simone.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/236/indicacao_no_052-2023_-edmar.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/239/indicacao_no_053-2023_-_rafa_-_praca.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/240/indicacao_no_054-2023_-_rafa_-_ar_nos_onibus.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/242/indicacao_no_055-2023_-_rafa_-_refletores_praca.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/243/indicacao_no_056-2023_-jefferson_-_iluminacao.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/244/indicacao_no_057-2023_-jefferson_-_corrimao.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/245/indicacao_no_058-2023_-_osvaldo.pdf.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/246/indicacao_no_059-2023_-_trevo-rotatoria.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/247/indicacao_no_060-2023_-desvio_caminhoes.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/248/indicacao_no_061-2023_rafael_-_lavagem_asfalto.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/249/indicacao_no_062-2023_codigo_de_obras.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/250/indicacao_no_063-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/251/indicacao_no_064-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/252/indicacao_no_065-2023_-rafael_-_iluminacao.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/253/indicacao_no_066-2023_-_rafael.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/254/indicacao_no_067-2023_-simone_-_quebra_molas.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/264/indicacao_no_068-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/265/indicacao_no_069-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/266/indicacao_no_071-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/268/indicacao_no_072-2023_-_edmar_-_manu._estra_panorama.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/270/indicacao_no_074-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/287/indicacao_no_075-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/291/indicacao_no_076-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/292/indicacao_no_077-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/293/indicacao_no_078-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/294/indicacao_no_079-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/295/indicacao_no_080-2023_energia_eletrica.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/301/indicacao_no_081-2023_-simone_-_trem_da_alegria.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/302/indicacao_no_082-2023_-elves_-_bradesco.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/134/proeto_de_lei_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_lei_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/140/projeto_de_lei_no_003-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/141/projeto_de_lei_no_004-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/142/projeto_de_lei_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/143/projeto_de_lei_no_006-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/144/projeto_de_lei_no_007-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/145/projeto_de_lei_no_008-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/168/projeto_de_lei_no_009-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/169/projeto_de_lei_no_010-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/170/projeto_de_lei_no_011-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_de_lei_no_012-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/172/projeto_de_lei_no_013-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/199/projeto_de_lei_no_015-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/229/pl_023-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/230/pl_024-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_de_lei_no_027-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/255/projeto_de_lei_no_028-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/256/projeto_de_lei_no_029-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/257/projeto_de_lei_no_030-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/258/projeto_de_lei_no_031-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/259/projeto_de_lei_no_032-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/260/projeto_de_lei_no_033-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/261/projeto_de_lei_no_034-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/275/projeto_de_lei_no_035-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/276/projeto_de_lei_no_036-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/277/projeto_de_lei_no_037-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/273/projeto_de_lei_no_038-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/274/projeto_de_lei_no_039-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/278/projeto_de_lei_no_040-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_de_lei_no_042-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_de_lei_no_043-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/299/ccf05122023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/137/projeto_de_lei_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/138/projeto_de_lei_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/139/projeto_de_lei_no_003-2023_fogos.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/162/projeto_de_lei_no_004-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_de_lei_no_006-2023_sacos_e_sacolas_ecologicas.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/284/projeto_de_lei_no_010-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/300/projeto_de_lei_no_011-2023_ucmmat.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/146/projeto_de_lei_complementar_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/147/projeto_de_lei_complementar__n_002-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_complementar_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/126/calendario_sessoes_2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/241/ccf05072023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/289/mocao_de_aplausos_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/290/mocao_de_aplausos_no_002-2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/296/mocao_de_aplausos_no_003-2022.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/297/mocao_de_aplausos_no_004-2022.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/234/proposta_de_emenda_a_lei_organica_001-2023.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_decreto_legislativo_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_decreto_legislativo_no_002-2023_-_renan_felicio_braghin1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/298/projeto_de_decreto_legislativo_no_003-2023_-_joao_ferreira.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/161/projeto_de_resolucao_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/173/projeto_de_resolucao_002_2023_-_contratacao_direta.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/174/projeto_de_resolucao_003_2023_-_agentes_de_contratacao.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_resolucao_004_2023_-_luxo.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_resolucao_005_2023_-_pesquisa_de_precos.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/177/projeto_de_resolucao_006_2023_-_mulheres_e_egressos.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/179/projeto_de_resolucao_008_2023_-_registro_de_precos.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/180/projeto_de_resolucao_009_2023_-_pessoa_fisica.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/181/projeto_de_resolucao_010_2023_-_pecas_de_planejamento.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/182/projeto_de_resolucao_011_2023_-_menor_preco_maior_desconto.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_resolucao_012_2023_-_certificado.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_resolucao_013_2023_-_procedimentos_auxiliares.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/185/projeto_de_resolucao_014_2023_-_recebimento_provisorio_e_definitivo.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_de_resolucao_015_2023_regimento_nova_maringa_corrigido_pdf.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_resolucao_016_2023_devolucao_de_bens_1.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_no_001-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_no_002-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_no_003-2023_-_simone.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_no_004-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_no_005-2023_anteprojeto_maquinario.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/153/indicacao_no_006-2023_-_edmar_circular.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/154/indicacao_no_007-2023_-_simone.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_no_008-2023_-_simone.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_no_010-2023_anteprojeto_auxilio_alimentacao.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_no_011-2023_-_elves.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_no_012-2023_-_jorge_e_outros.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/160/indicacao_no_013-2023_-_wagner_e_outros.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_no_014-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao_no_015-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/166/indicacao_no_017-2023_-_wagner.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_no_018-2023_-_osvaldo.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/186/indicacao_no_019-2023_-_edmar_e_simone.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/187/indicacao_no_020-2023_todos.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/190/indicacao_no_021-2023_-_edmar_-_detector_de_metal.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_no_022-2023_-_edmar_-_protesista.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_no_023-2023_-_edmar_-_manu._estra_panorama.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_no_024-2023_-simone_-corrida_de_rua.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_no_025-2023_-simone_-_uniforme.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_no_026-2023_-simone_-_trem_da_alegria.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/196/indicacao_no_027-2023_-jefferson_-_ciclovia.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_no_028-2023_-jefferson_-_aduelas.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/198/indicacao_no_029-2023_-jefferson_-_manutencao.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/200/indicacao_no_030-2023_-elves_lacerda.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_no_031-2023_-elves_lacerda.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_no_032-2023_-simone_mascara.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_no_033-2023_-simone_pedagio.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/204/indicacao_no_034-2023_-simone_banco_ubs.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_no_035-2023_-edmar_camara_fria.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_no_036-2023_-edmar_monitora.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/207/indicacao_no_037-2023_-edmar_rodeio.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/208/indicacao_no_038-2023_mt_488.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/210/indicacao_no_039-2023_programa_de_silagem.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_no_040-2023_cartao_postal.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_no_041-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/219/indicacao_no_042-2023_-_wagner_e_jorge.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_no_043-2023_-_wagner_e_jorge_refis.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_no_044-2023_-_wagner_e_jorge.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_no_045-2023_-_tukura_e_elves_apae.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_no_046-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_no_047-2023_-_simone.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_no_048-2023_-_simone.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_no_049-2023_-_rafa_e_outros.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_no_050-2023_-edmar.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_no_051-2023_-_simone.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/236/indicacao_no_052-2023_-edmar.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/239/indicacao_no_053-2023_-_rafa_-_praca.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/240/indicacao_no_054-2023_-_rafa_-_ar_nos_onibus.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/242/indicacao_no_055-2023_-_rafa_-_refletores_praca.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/243/indicacao_no_056-2023_-jefferson_-_iluminacao.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/244/indicacao_no_057-2023_-jefferson_-_corrimao.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/245/indicacao_no_058-2023_-_osvaldo.pdf.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/246/indicacao_no_059-2023_-_trevo-rotatoria.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/247/indicacao_no_060-2023_-desvio_caminhoes.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/248/indicacao_no_061-2023_rafael_-_lavagem_asfalto.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/249/indicacao_no_062-2023_codigo_de_obras.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/250/indicacao_no_063-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/251/indicacao_no_064-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/252/indicacao_no_065-2023_-rafael_-_iluminacao.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/253/indicacao_no_066-2023_-_rafael.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/254/indicacao_no_067-2023_-simone_-_quebra_molas.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/264/indicacao_no_068-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/265/indicacao_no_069-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/266/indicacao_no_071-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/268/indicacao_no_072-2023_-_edmar_-_manu._estra_panorama.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/270/indicacao_no_074-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/287/indicacao_no_075-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/291/indicacao_no_076-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/292/indicacao_no_077-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/293/indicacao_no_078-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/294/indicacao_no_079-2023_-_edmar.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/295/indicacao_no_080-2023_energia_eletrica.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/301/indicacao_no_081-2023_-simone_-_trem_da_alegria.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/302/indicacao_no_082-2023_-elves_-_bradesco.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/134/proeto_de_lei_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_lei_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/140/projeto_de_lei_no_003-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/141/projeto_de_lei_no_004-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/142/projeto_de_lei_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/143/projeto_de_lei_no_006-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/144/projeto_de_lei_no_007-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/145/projeto_de_lei_no_008-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/168/projeto_de_lei_no_009-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/169/projeto_de_lei_no_010-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/170/projeto_de_lei_no_011-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_de_lei_no_012-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/172/projeto_de_lei_no_013-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/199/projeto_de_lei_no_015-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/229/pl_023-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/230/pl_024-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_de_lei_no_027-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/255/projeto_de_lei_no_028-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/256/projeto_de_lei_no_029-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/257/projeto_de_lei_no_030-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/258/projeto_de_lei_no_031-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/259/projeto_de_lei_no_032-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/260/projeto_de_lei_no_033-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/261/projeto_de_lei_no_034-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/275/projeto_de_lei_no_035-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/276/projeto_de_lei_no_036-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/277/projeto_de_lei_no_037-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/273/projeto_de_lei_no_038-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/274/projeto_de_lei_no_039-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/278/projeto_de_lei_no_040-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_de_lei_no_042-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_de_lei_no_043-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/299/ccf05122023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/137/projeto_de_lei_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/138/projeto_de_lei_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/139/projeto_de_lei_no_003-2023_fogos.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/162/projeto_de_lei_no_004-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_de_lei_no_006-2023_sacos_e_sacolas_ecologicas.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/284/projeto_de_lei_no_010-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/300/projeto_de_lei_no_011-2023_ucmmat.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/146/projeto_de_lei_complementar_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/147/projeto_de_lei_complementar__n_002-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_complementar_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/126/calendario_sessoes_2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/241/ccf05072023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/289/mocao_de_aplausos_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/290/mocao_de_aplausos_no_002-2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/296/mocao_de_aplausos_no_003-2022.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2023/297/mocao_de_aplausos_no_004-2022.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H180"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="167.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="144.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="143.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>