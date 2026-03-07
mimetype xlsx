--- v0 (2025-12-05)
+++ v1 (2026-03-07)
@@ -54,1056 +54,1056 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento das Contas Anuais de Governo do Poder Executivo de Nova Maringá/MT, relativas ao exercício de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/317/indicacao_no_001-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/317/indicacao_no_001-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal de Obras, Viação e Serviços Públicos, a premente necessidade de realizar a construção de quebra-molas nas proximidades do acesso ao Residencial Mario Duílio Henry.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/318/indicacao_no_002-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/318/indicacao_no_002-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal de Obras, Viação e Serviços Públicos, a premente necessidade de realizar manutenção na estrada municipal sentido Fazenda Panorama até o Assentamento Chacorore.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_no_003-2024_-_wagner.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_no_003-2024_-_wagner.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal de Obras, Viação e Serviços Públicos, a premente necessidade de realizar manutenção na MT 488 no trecho que liga Nova Maringá ao município de Campo Novo do Parecis e ao município de Tapurah.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/320/indicacao_no_004-2024_-_wagner.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/320/indicacao_no_004-2024_-_wagner.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal de Obras, Viação e Serviços Públicos, a premente necessidade de patrolar e realizar a limpeza de esgoto na estrada da Vaca-Branca, sentido Guavirá.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>SIMONE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/321/indicacao_no_005-2024_-_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/321/indicacao_no_005-2024_-_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal de Obras, Viação e Serviços Públicos, a premente necessidade de realizar poda das árvores do antigo Clube dos Vovôs do município.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_no_006-2024_-_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_no_006-2024_-_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal de Obras, Viação e Serviços Públicos a premente necessidade realizar a instalação de iluminação pública na rua Mariana, onde era realizada aulas de autoescola.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>TUKURA, JEAN VASCONCELOS, RAFAEL HELIODORO DE SOUZA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/323/indicacao_no_007-2024_-_osvaldo.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/323/indicacao_no_007-2024_-_osvaldo.docx</t>
   </si>
   <si>
     <t>Indica ao Exmo. Senhor Deputado Estadual Dilmar Dal Bosco que intervenha perante a Secretaria Estadual de Infraestrutura e Logística, por meio do Ilustríssimo Secretário Marcelo de Oliveira e Silva, no intuito de promover ações necessárias para que seja realizado o encabeçamento das pontes sobre o Rio Ponte de Pedra e Rio do Sangue, ambas localizadas na MT 488 que liga Nova Maringá ao Município de Campo Novo do Parecis.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/324/indicacao_no_008-2024_-_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/324/indicacao_no_008-2024_-_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, com cópia a Ilma. Secretária Municipal De Assistência Social, a possibilidade de estender o Programa de estregas de quentinhas as famílias do Brianorte.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/325/indicacao_no_009-2024_-_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/325/indicacao_no_009-2024_-_simone.docx</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal, a possibilidade de estender a instalação de lixeiras seletivas no Residencial Mario Duílio Henry e no distrito de Brianorte.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/327/indicacao_no_010-2024_-_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/327/indicacao_no_010-2024_-_simone.docx</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal Ana Maria Urquiza Casagrande, a premente necessidade de realizar a instalação de Pontos de Espera de Ônibus em frente ao Restaurante Municipal.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>RAFAEL HELIODORO DE SOUZA</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal Ana Maria Urquiza Casagrande, a premente necessidade de realizar a instalação de redutores de velocidade na extensão da Avenida Amos Bernardino Zanchet em frente a Cooperativa Sicredi, Churrascaria Boi no Prato, e Guará Autopeças, bem como que seja realizada a manutenção nos redutores em frente à Escola Municipal Wilson Ribeiro.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>RAFAEL HELIODORO DE SOUZA, ELVES LACERDA, JORGE VIDAL, SIMONE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/329/indicacao_no_012-2024_-_rafael.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/329/indicacao_no_012-2024_-_rafael.docx</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal Ana Maria Urquiza Casagrande, a premente necessidade de realizar a instalação de Placas Logradouro no município, com intuito de facilitar a identificação e localização das ruas e bairros da cidade.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>RAFAEL HELIODORO DE SOUZA, ELVES LACERDA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/330/indicacao_no_013-2024_-_rafael.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/330/indicacao_no_013-2024_-_rafael.docx</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal Ana Maria Urquiza Casagrande, a premente necessidade de realizar manutenção nas estradas vicinais do Assentamento Arinos.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, ELVES LACERDA, JEAN VASCONCELOS, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, RAFAEL HELIODORO DE SOUZA, SIMONE, TUKURA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/331/indicacao_no_014-2024_-_todos.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/331/indicacao_no_014-2024_-_todos.docx</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, com Cópia Ao Ilmo. Secretário Municipal de Obras Viação e Serviços Públicos a premente necessidade de realizar a manutenção na estrada vicinal de acesso ao Assentamento Chacorore e as Fazendas Safras, Grumaga, Paequere, 18 de Maio, entre outras propriedades.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, JEFFERSON AUGUSTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/332/indicacao_no_015-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/332/indicacao_no_015-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, com cópia ao Ilmo. Secretário de Obras, Viação e Serviços Públicos a premente necessidade de realizar manutenção na estrada sentido propriedade do Karrú e Marcelo Alonso, saída pela estrada do Lixão.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/333/indicacao_no_016-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/333/indicacao_no_016-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a premente necessidade de realizar manutenção na rede de iluminação pública localizada entorno ao Lago Municipal.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/334/indicacao_no_017-2024_-_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/334/indicacao_no_017-2024_-_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a possibilidade de promover a realização de Campeonato de Vôlei no município.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/335/indicacao_no_018-2024_-_rafael.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/335/indicacao_no_018-2024_-_rafael.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, que em atenção a competência municipal para atendimento do interesse público local, promova ações necessárias para que seja realizada a limpeza do espaço que abriga a estação da operadora Oi.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/336/indicacao_no_019-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/336/indicacao_no_019-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, com cópia ao Ilmo. Secretário de Obras, Viação e Serviços Públicos a premente necessidade realizar serviços de pavimentação asfáltica na rua 7 de setembro, que liga ao Lago Municipal, encontrando com a Rotatória da Avenida Amos Bernardino Zanchet.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/337/indicacao_no_020-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/337/indicacao_no_020-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a possibilidade de solicitar junto ao Detran o interesse em implantar o sistema CAV (Foto, Assinatura Digital e as Digitais) em nosso município.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/338/indicacao_no_021-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/338/indicacao_no_021-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, com cópia a Ilma. Secretária de Ação e Promoção Social a possibilidade de promover a realização de Aulas de Capoeira no município.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>RAFAEL HELIODORO DE SOUZA, TUKURA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/339/indicacao_no_022-2024_-_rafael.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/339/indicacao_no_022-2024_-_rafael.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal, Senhora Ana Maria Urquiza Casagrande, a realização de estudo de viabilidade para a celebração de termo de cooperação com o Estado de Mato Grosso, para que o município possa promover o transporte de alunos da rede estadual nos horários de 12h e 18h.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>RAFAEL HELIODORO DE SOUZA, EDMAR MARQUES LEITE, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/340/indicacao_no_023-2024_-_rafael.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/340/indicacao_no_023-2024_-_rafael.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de construir uma pista de manobras radicais, para que os motociclistas desenvolvam atividades como o Motocross, Arrancadão e Wheeling.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>ELVES LACERDA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/341/indicacao_no_024-2024_-_elves.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/341/indicacao_no_024-2024_-_elves.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal de Obras Viação e Serviços Públicos a possibilidade de designar uma equipe de trabalho permanente exclusiva para suprimento de demanda do Distrito de Brianorte.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/342/indicacao_no_025-2024_-_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/342/indicacao_no_025-2024_-_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal de Obras Viação e Serviços Públicos a premente necessidade de solicitar junto a Energisa, que seja feita a ligação de rede de energia elétrica entre o Bairro Jardim Mayra e Jardim Tropical, através da rua Adriana. Solicito ainda que seja restaurada a iluminação da Rua Dinamarca localizada no Bairro Jardim Europa.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>JEAN VASCONCELOS, RAFAEL HELIODORO DE SOUZA, TUKURA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/343/indicacao_no_026-2024_-_osvaldo.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/343/indicacao_no_026-2024_-_osvaldo.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal de Obras Viação e Serviços Públicos a possibilidade de realizar a Construção de um Trevo no Entroncamento para o Assentamento Santo Antônio, Loteamento Jardim Alvorada e Safras Armazéns Gerais.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/344/indicacao_no_027-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/344/indicacao_no_027-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à exma. Prefeita Municipal Senhora Ana Maria Urquiza Casagrande, a premente necessidade de realizar a colocação de tela sobre o campo de futebol localizado no bairro Jardim Tropical.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/346/indicacao_no_028-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/346/indicacao_no_028-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a necessidade de promover a publicidade de textos informativos de incentivo à adesão ao imposto de renda solidário, com objetivo de esclarecimento da população acerca da possibilidade de destinação de parte do imposto devido para o fundo municipal da criança e adolescente, bem como para o fundo municipal do idoso.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/347/indicacao_no_029-2024_-_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/347/indicacao_no_029-2024_-_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal, senhora Ana Maria Urquiza Casagrande, a premente necessidade de realizar a instalação de tampas dos bueiros, em alguns pontos do município.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/348/indicacao_no_030-2024_-_rafael.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/348/indicacao_no_030-2024_-_rafael.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal com cópia ao Ilmo. Secretário Municipal de Obras Viação e Serviços Públicos, a premente necessidade de realizar manutenção na MT 488 sentido município de Tapurah e na MT 160 sentido distrito de Brianorte</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>TUKURA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/349/indicacao_no_031-2024_-_osvaldo.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/349/indicacao_no_031-2024_-_osvaldo.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Prefeita Municipal, Senhora Ana Maria Urquiza Casagrande, o estudo de viabilidade de alteração do nome do Estádio Municipal, localizado no Bairro Jardim Mayra em Nova Maringá/MT.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/351/indicacao_no_032-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/351/indicacao_no_032-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar manutenção e reparo na pista de aeroporto do município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/353/indicacao_no_033-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/353/indicacao_no_033-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a premente necessidade de realizar a instalação de usina de placas solar para fornecimento de energia para os órgãos públicos de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/354/indicacao_no_034-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/354/indicacao_no_034-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal com cópia ao Ilmo. Secretário Municipal de Obras, Viação e Serviços Públicos a premente necessidade de realizar manutenção nas estradas de acesso aos Sítios Sossego, Monte Árabe, Boi Gordo, Boi Rajado e demais, localizados no km 15 sentido município de Tapurah.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/355/indicacao_no_035-2024_-_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/355/indicacao_no_035-2024_-_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de instalar Quebra-molas em pontos estratégicos na Rua Daniele, localizada no Bairro Jardim Tropical, com objetivo de coibir a velocidade dos condutores.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/356/indicacao_no_036-2024_-_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/356/indicacao_no_036-2024_-_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a poda das arvores do Canteiro da Unidade Local de Execução do Instituto de Defesa Agropecuária do Estado Mato Grosso – INDEA.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>TUKURA, ELVES LACERDA, RAFAEL HELIODORO DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/364/indicacao_no_037-2024_-_osvaldo_elves_rafael.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/364/indicacao_no_037-2024_-_osvaldo_elves_rafael.docx</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal para que realize um estudo de viabilidade para construção de uma rotatória na entrada principal do Residencial Mário Duílio Henry, em nosso município.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>JEAN VASCONCELOS</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/365/indicacao_no_038-2024_-_jean.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/365/indicacao_no_038-2024_-_jean.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a necessidade de realizar manutenção nas rodovias MT 242, no trecho que vai do Distrito de Brianorte ao município de Itanhangá, até a ponte do Rio Arinos, bem como na MT 160, que se estende do Distrito de Brianorte ao município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/368/indicacao_no_039-2024_-_elves.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/368/indicacao_no_039-2024_-_elves.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar uma campanha abrangente de conscientização, prevenção e combate à Dengue e Chikungunya no município de Nova Maringá, no Distrito de Brianorte e nas áreas rurais como fazendas e assentamentos</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/371/indicacao_no_040-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/371/indicacao_no_040-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica ao Exmo. Deputado Estadual Dilmar Dal Bosco, a premente necessidade de realizar intervenção junto ao Governo do Estado, a fim de realizar a instalação de Lombadas nas proximidades da Rotatória que liga Nova Maringá a São José do Rio Claro, na rodovia MT 249/492.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/372/indicacao_no_041-2024_-_elves.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/372/indicacao_no_041-2024_-_elves.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar um estudo de viabilidade para ampliação da creche Municipal Rosa Camacho, com a possibilidade de atender a crianças menores de 2 anos.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/373/indicacao_no_042-2024_-_elves.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/373/indicacao_no_042-2024_-_elves.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo.  Secretário Municipal de Obras, Viação e Serviços Públicos a premente necessidade de realizar a instalação de uma Faixa Elevada nas Proximidades dos Supermercado Jacob.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/374/indicacao_no_043-2024_-_elves.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/374/indicacao_no_043-2024_-_elves.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a substituição da Caixa de Água localizada no Assentamento Casulo no distrito de Brianorte, bem como realizar o encanamento para abastecer residências das famílias que por lá residem.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/375/indicacao_no_044-2024_-_jean_osvaldo_rafael.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/375/indicacao_no_044-2024_-_jean_osvaldo_rafael.docx</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal a premente necessidade de fazer calçadas de concreto com estacionamento em frente ao Conselho Tutelar e em frente à Escola Sol De Verão – APAE.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>JEFFERSON AUGUSTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/376/indicacao_no_045-2024_-_jefferson.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/376/indicacao_no_045-2024_-_jefferson.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo.  Secretário Municipal de Obras, Viação e Serviços Públicos, a premente necessidade de realizar manutenção na Ponte Sobre o Rio de Pedra, sentido a Fazenda Água Branca.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/377/indicacao_no_046-2024_-_jefferson.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/377/indicacao_no_046-2024_-_jefferson.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo.  Secretário Municipal de Obras, Viação e Serviços Públicos, a premente necessidade de realizar manutenção nas estradas do Assentamento Chacorore, bem como nas que dão acesso ao Local.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/390/indicacao_no_047-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/390/indicacao_no_047-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de disponibilizar uniformes e equipamentos de proteção individual para os profissionais da Coleta de Lixo.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/391/indicacao_no_048-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/391/indicacao_no_048-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal de Obras, Viação e Serviços Públicos, a premente necessidade de realizar a instalação de redutor de velocidade na Rua Escócia, nas proximidades da Madeireira Colorado.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Secretário Municipal de Obras, Viação e Serviços Públicos, a premente necessidade de realizar a instalação de redutor de velocidade na Rua Travessa Três, no Loteamento Ralla.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/393/indicacao_no_050-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/393/indicacao_no_050-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a instalação bancos distribuídos em vários pontos na Praça José Domingos Fraga, Localizada no Bairro Jardim Mayra.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/394/indicacao_no_051-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/394/indicacao_no_051-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de providenciar as sinalizações nas pistas onde foi feito recapeamento, precisamente dos locais onde possuem lombadas.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/395/indicacao_no_052-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/395/indicacao_no_052-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar serviços de pintura nos muros da Escola Municipal Wilson Ribeiro e Creche Municipal Rosa Camacho, bem como que seja feita a remoção da colmeia de abelhas Arapuá que estão na caixa d’agua da Creche Municipal Rosa Camacho.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/396/indicacao_no_053-2024_-_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/396/indicacao_no_053-2024_-_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a necessidade urgente de envidar esforços para o monitoramento do Lixão, com objetivo de impedir a ocorrência de queimadas no local.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/397/indicacao_no_054-2024_-_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/397/indicacao_no_054-2024_-_simone.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a possibilidade de disponibilizar transporte escolar para os alunos que residem no distrito de Brianorte a fim de transporta-los até a escola.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>TUKURA, JEAN VASCONCELOS, JORGE VIDAL, RAFAEL HELIODORO DE SOUZA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/398/indicacao_no_055-2024_-_osvaldo_e_outros.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/398/indicacao_no_055-2024_-_osvaldo_e_outros.docx</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo. Deputado Estadual Dilmar Dal Bosco a premente necessidade de realizar a construção de uma ponte de concreto sobre o rio Ponte de Pedra, na estrada de acesso ao Assentamento Chacorore e na estrada de acesso a Fazenda Jaçanã.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/402/indicacao_no_056-2024_-_elves.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/402/indicacao_no_056-2024_-_elves.docx</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal a premente necessidade de realizar a contratação de  profissionais de odontologia e psicologia para a UBS Dauri Riva no Distrito de Brianorte.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/403/indicacao_no_057-2024__simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/403/indicacao_no_057-2024__simone.docx</t>
   </si>
   <si>
     <t>Reitera a indicação nº 013/2024, a qual indica a à Exma. Senhora Prefeita Municipal, a necessidade de viabilizar a revitalização da Praça Municipal situada no Bairro Jardim Tropical, com o emprego das seguintes melhorias: manutenção da iluminação, da academia da terceira idade, da pintura da pista de caminhada e instalação de grades e alambrado ao redor do campo, de traves de futebol, parque infantil, bancos de madeira e mesa de pingue-pongue, bem como seja promovida a arborização do local.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/404/indicacao_no_058-2024_simone.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/404/indicacao_no_058-2024_simone.docx</t>
   </si>
   <si>
     <t>Reitera a indicação nº 072/2021, a qual indica à Exma. Senhora Prefeita Municipal, a premente necessidade de providenciar a revitalização da Praça Municipal “Raquel Franci Tessari” localizada no Distrito de Brianorte.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/405/indicacao_no_059-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/405/indicacao_no_059-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a aquisição de uma bobcat (mini escavadeira) para a realização de diversos serviços no município.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/406/indicacao_no_060-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/406/indicacao_no_060-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a aquisição de um caminhão melosa para a realização de diversos serviços no município.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a realização de um estudo de viabilidade para a implantação de Plano de Cargos, Carreiras e Salários aos servidores do poder executivo municipal.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a realização de um estudo de viabilidade para a abertura da Rua São Paulo nas proximidades da Creche Rosa Camacho, localizado no Bairro São Pedro.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/409/indicacao_no_063-2024_-_elves.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/409/indicacao_no_063-2024_-_elves.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a realização de um estudo de viabilidade para a construção da praça localizado no Bairro São Pedro.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/410/indicacao_no_064-2024_-_elves.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/410/indicacao_no_064-2024_-_elves.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a realização de um estudo de impacto financeiro para o exercício de 2025, visando a concessão de aumento na gratificação dos servidores que atuam no transporte escolar em áreas de difícil acesso.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/411/indicacao_no_065-2024_-_jefferson.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/411/indicacao_no_065-2024_-_jefferson.docx</t>
   </si>
   <si>
     <t>Reitera à Exma. Senhora Prefeita Municipal, com cópia ao Ilmo.  Secretário Municipal de Obras, Viação e Serviços Públicos, a premente necessidade de realizar manutenção nas estradas do Assentamento Chacorore, bem como nas que dão acesso ao local.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/412/indicacao_no_066-2024_-_jefferson.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/412/indicacao_no_066-2024_-_jefferson.docx</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a instalação de redutores de velocidade na Rua São Pedro, nas proximidades da Farmácia Municipal.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/413/indicacao_no_067-2024_-_jefferson.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/413/indicacao_no_067-2024_-_jefferson.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a instalação de redutores de velocidade nas proximidades do Restaurante do Leandro e Safras Armazéns Gerais.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/414/indicacao_no_068-2024_-_jefferson.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/414/indicacao_no_068-2024_-_jefferson.docx</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, para que promova um estudo de viabilidade para a abertura de um contorno na Avenida Amos Bernardino Zanchet, em frente a Mecânica Guará e Centercar Veículos, ou que seja autorizado aos comerciantes local, para que realizem, por conta própria, a obra de abertura do contorno.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>WAGNER ROBERTO LORDANO, JORGE VIDAL</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/415/indicacao_no_069-2024_-_wagner.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/415/indicacao_no_069-2024_-_wagner.docx</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a construção de banheiros no cemitério municipal.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/416/indicacao_no_070-2024_-_edmar.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/416/indicacao_no_070-2024_-_edmar.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a possibilidade de realizar análise e implementação da transformação da Rua São José em via de mão única, com a adição de sinalização viária.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a possibilidade de realizar destinação de uma Van para transporte de servidores lotados na secretaria de Obras, Viação e Serviços Públicos, visando otimização de recursos e redução de custos.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/418/indicacao_no_072-2024_-_rafael.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/418/indicacao_no_072-2024_-_rafael.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, com cópia ao Chefe de Departamento de Frotas a necessidade de realizar manutenção preventiva nos ar-condicionado dos caminhões caçambas que compõem a frota municipal.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/419/indicacao_no_073-2024_-_elves.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/419/indicacao_no_073-2024_-_elves.docx</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a necessidade de realizar manutenção na MT 488, sentido município de Tapurah, e reparo no bueiro localizado nas proximidades do Sítio William.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/420/indicacao_no_074-2024_-_wagner_e_jorge.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/420/indicacao_no_074-2024_-_wagner_e_jorge.docx</t>
   </si>
   <si>
     <t>Indicam à exma. Senhora Prefeita Municipal, a premente necessidade de realizar manutenção na MT 488, sentido município de Campo Novo do Parecis.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, TUKURA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar atendimento odontológico no período noturno.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>TUKURA, JEAN VASCONCELOS</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a possibilidade de formalizar doação oficial do prédio atualmente ocupado pela Associação de Pais e Amigos dos Excepcionais (APAE) em nosso município.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/345/requerimento_001-2024.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/345/requerimento_001-2024.docx</t>
   </si>
   <si>
     <t>REQUERIMENTO ao Excelentíssimo Senhor Mauro Mendes, Governador do Estado de Mato Grosso, a fim de que promova execução das medidas divulgadas na imprensa mato-grossense relativas à Moratória da Soja em áreas convertidas legalmente neste estado.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Poder Executivo)</t>
   </si>
   <si>
     <t>ANA MARIA URQUIZA CASAGRANDE</t>
   </si>
   <si>
     <t>Dispõe sobre alterações da Lei Municipal nº 984/2018, e dá outras providências”.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/315/projeto_de_lei_no_002-2024.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/315/projeto_de_lei_no_002-2024.pdf</t>
   </si>
   <si>
     <t>"Regulariza o Loteamento Jardim Tropical em área urbana do município de Nova Maringá e dá outras providências".</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/316/projeto_de_lei_no_003-2024.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/316/projeto_de_lei_no_003-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alterações da Lei Municipal n° 293/2003, que institui o Estatuto dos Servidores Públicos do Município de Nova Maringá e da outras providencias".</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>Altera os vencimentos do Cargo de Operador de Maquinas pesadas e Operador de Motoniveladora consta no anexo X da Lei Municipal nº 217/2001</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de créditos adicionais suplementares por excesso de arrecadação no exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder a abertura de Crédito Adicional Suplementar no orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>360</t>
   </si>
@@ -1266,181 +1266,181 @@
   <si>
     <t>Dispõe sobre a criação do Fundo do Municipal de Transportes (FMT), junto à Secretária de Obras, e dá outras providências.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação dos Servidores Públicos Municipais Estrela Verde, com sede no município de Nova Maringá - MT, e dá outras providências.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Poder Legislativo)</t>
   </si>
   <si>
     <t>Dispõe sobre o programa de ações preventivas à depressão e ao suicídio entre crianças e adolescentes, na rede municipal de ensino do município de Nova Maringá-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>MESA DIRETORA - MEDIR</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/428/projeto_de_lei_no_002-2024_verba_indenizatoria.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/428/projeto_de_lei_no_002-2024_verba_indenizatoria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal nº 828 de 05 de maio de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar (Poder Executivo)</t>
   </si>
   <si>
     <t>“Dispõe sobre o regime Jurídico dos Agentes Comunitários de Saúde e dos Agentes de Combate às Endemias, regulamenta o exercício destas atividades no âmbito do Município de Nova Maringá/MT e dá outras providências”.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei Complementar nº 001/2013, e dá outras providências.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>CAS</t>
   </si>
   <si>
     <t>Calendário Legislativo Semestral</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/370/calendario_das_sessoes_-_2o_semestre_2024.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/370/calendario_das_sessoes_-_2o_semestre_2024.docx</t>
   </si>
   <si>
     <t>".Dispõe sobre Calendário Legislativo do 2º Semestre de 2024 de Autoria da Mesa Diretora Biênio 2023/2024.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, JORGE VIDAL, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/326/mocao_de_aplausos_no_001-2024_-_secretarios_municipais..doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/326/mocao_de_aplausos_no_001-2024_-_secretarios_municipais..doc</t>
   </si>
   <si>
     <t>Homenageados: Secretários Municipais do Município – Gestão 2021-2024._x000D_
 Em reconhecimento aos relevantes serviços prestados ao município._x000D_
 _x000D_
 Secretária de Ação e Promoção Social: Edinete Alice da Silva_x000D_
 Secretário de Administração: Paulo da Silva Pereira_x000D_
 Secretário de Agricultura: Clóvis Clair Cassol_x000D_
 Secretário Distrital: Valdiney Jose Mateus_x000D_
 Secretária de Educação: Simone da Cruz Montanha_x000D_
 Secretário de Finanças: Cleverson Eduardo Allievi_x000D_
 Secretária Geral: Nilceia Morais Eugenio Ono_x000D_
 Secretária de Meio-Ambiente: Renata Gisele Wahl de Alcântara_x000D_
 Secretário de Obras: Gerson Valentin Casari_x000D_
 Secretário de Planejamento: Ricardo Ono_x000D_
 Secretária de Saúde: Maryhelen Birkhahn e Silva Nascimento</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/422/mocao_de_aplausos_no_002-2024_-_edson_matsuda.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/422/mocao_de_aplausos_no_002-2024_-_edson_matsuda.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE NOVA MARINGÁ, ESTADO DE MATO GROSSO, expressando o pensamento do Povo Nova Maringaense, vem a público externar a presente MOÇÃO DE APLAUSOS como expressão de reconhecimento ao Senhor Edson Teruaqui Matsuda, pela sua inestimável contribuição ao desenvolvimento do Distrito de Brianorte.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/437/mocao_de_aplausos_no_003-2024_-_raphael_guerra_pereira.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/437/mocao_de_aplausos_no_003-2024_-_raphael_guerra_pereira.doc</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE NOVA MARINGÁ, ESTADO DE MATO GROSSO, expressando o pensamento do Povo Nova Maringaense, vem a público externar MOÇÃO DE APLAUSOS ao Senhor Raphael Guerra Pereira, um exemplo de dedicação e comprometimento com o a Segurança Pública de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/438/mocao_de_aplausos_no_004-2024_-_padre_antenor.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/438/mocao_de_aplausos_no_004-2024_-_padre_antenor.doc</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE NOVA MARINGÁ, ESTADO DE MATO GROSSO, expressando o pensamento do Povo Nova Maringaense, vem a público externar MOÇÃO DE APLAUSOS ao Padre Antenor Marcon, um exemplo de dedicação e comprometimento com a comunidade católica de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>MAP</t>
   </si>
   <si>
     <t>Moção de Apoio</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/350/mocao_de_apoio_no_001-2024.doc</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/350/mocao_de_apoio_no_001-2024.doc</t>
   </si>
   <si>
     <t>A Câmara Municipal de Nova Maringá, estado de Mato Grosso, expressando o pensamento do povo nova maringaense, vem a público externar Moção de Apoio ao Congresso Nacional, a fim de garantir as prerrogativas constitucionais e republicanas das competências do Poder Legislativo, em face do movimento ofensivo ao Conselho Federal de Medicina – CFM, iniciado com a publicação da Resolução CFM n. 2.378/2024, que seja desagravado o referido Conselho, e mantido em suas atribuições próprias.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>EMI</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/433/emenda_impositiva_001-2024.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/433/emenda_impositiva_001-2024.docx</t>
   </si>
   <si>
     <t>Destinam para a área da saúde o valor de R$ 1.271.730,90 (Um milhão, duzentos e setenta e um mil, setecentos e trinta reais e noventa centavos), respeitando o limite percentual previsto no §1 do art. 83 da Lei Orgânica Municipal, a ser utilizado com a aquisição de 02 (duas) Vans, 01 (um) veículo utilitário pequeno e Equipamentos Odontológicos.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/434/emenda_impositiva_002-2024.docx</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/434/emenda_impositiva_002-2024.docx</t>
   </si>
   <si>
     <t>Destina para a área da Secretaria de Obras, Viação e Serviços Públicos, o valor de R$ 74.807,70 (setenta e quatro mil, oitocentos e sete reais e setenta centavos.), respeitando o limite percentual previsto no §1 do art. 83 da Lei Orgânica Municipal, a ser utilizado com a aquisição de materiais como Pedra, Areia e Cimento para a construção de calçadas no município de Nova Maringá MT.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>Destinam para a área da Secretaria de Ação e Promoção Social, o valor de R$ 673.269,33 (seiscentos e setenta e três mil, duzentos e sessenta e nove reais e trinta e três centavos), respeitando o limite percentual previsto no §1 do art. 83 da Lei Orgânica Municipal, a ser utilizado com a construção de um Centro de Múltiplo uso do Residencial Mário Duílio Henry.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -1753,68 +1753,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/317/indicacao_no_001-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/318/indicacao_no_002-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_no_003-2024_-_wagner.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/320/indicacao_no_004-2024_-_wagner.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/321/indicacao_no_005-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_no_006-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/323/indicacao_no_007-2024_-_osvaldo.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/324/indicacao_no_008-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/325/indicacao_no_009-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/327/indicacao_no_010-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/329/indicacao_no_012-2024_-_rafael.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/330/indicacao_no_013-2024_-_rafael.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/331/indicacao_no_014-2024_-_todos.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/332/indicacao_no_015-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/333/indicacao_no_016-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/334/indicacao_no_017-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/335/indicacao_no_018-2024_-_rafael.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/336/indicacao_no_019-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/337/indicacao_no_020-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/338/indicacao_no_021-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/339/indicacao_no_022-2024_-_rafael.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/340/indicacao_no_023-2024_-_rafael.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/341/indicacao_no_024-2024_-_elves.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/342/indicacao_no_025-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/343/indicacao_no_026-2024_-_osvaldo.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/344/indicacao_no_027-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/346/indicacao_no_028-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/347/indicacao_no_029-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/348/indicacao_no_030-2024_-_rafael.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/349/indicacao_no_031-2024_-_osvaldo.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/351/indicacao_no_032-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/353/indicacao_no_033-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/354/indicacao_no_034-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/355/indicacao_no_035-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/356/indicacao_no_036-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/364/indicacao_no_037-2024_-_osvaldo_elves_rafael.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/365/indicacao_no_038-2024_-_jean.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/368/indicacao_no_039-2024_-_elves.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/371/indicacao_no_040-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/372/indicacao_no_041-2024_-_elves.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/373/indicacao_no_042-2024_-_elves.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/374/indicacao_no_043-2024_-_elves.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/375/indicacao_no_044-2024_-_jean_osvaldo_rafael.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/376/indicacao_no_045-2024_-_jefferson.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/377/indicacao_no_046-2024_-_jefferson.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/390/indicacao_no_047-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/391/indicacao_no_048-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/393/indicacao_no_050-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/394/indicacao_no_051-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/395/indicacao_no_052-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/396/indicacao_no_053-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/397/indicacao_no_054-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/398/indicacao_no_055-2024_-_osvaldo_e_outros.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/402/indicacao_no_056-2024_-_elves.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/403/indicacao_no_057-2024__simone.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/404/indicacao_no_058-2024_simone.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/405/indicacao_no_059-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/406/indicacao_no_060-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/409/indicacao_no_063-2024_-_elves.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/410/indicacao_no_064-2024_-_elves.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/411/indicacao_no_065-2024_-_jefferson.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/412/indicacao_no_066-2024_-_jefferson.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/413/indicacao_no_067-2024_-_jefferson.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/414/indicacao_no_068-2024_-_jefferson.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/415/indicacao_no_069-2024_-_wagner.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/416/indicacao_no_070-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/418/indicacao_no_072-2024_-_rafael.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/419/indicacao_no_073-2024_-_elves.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/420/indicacao_no_074-2024_-_wagner_e_jorge.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/345/requerimento_001-2024.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/315/projeto_de_lei_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/316/projeto_de_lei_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/428/projeto_de_lei_no_002-2024_verba_indenizatoria.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/370/calendario_das_sessoes_-_2o_semestre_2024.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/326/mocao_de_aplausos_no_001-2024_-_secretarios_municipais..doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/422/mocao_de_aplausos_no_002-2024_-_edson_matsuda.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/437/mocao_de_aplausos_no_003-2024_-_raphael_guerra_pereira.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/438/mocao_de_aplausos_no_004-2024_-_padre_antenor.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/350/mocao_de_apoio_no_001-2024.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/433/emenda_impositiva_001-2024.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/434/emenda_impositiva_002-2024.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/317/indicacao_no_001-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/318/indicacao_no_002-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_no_003-2024_-_wagner.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/320/indicacao_no_004-2024_-_wagner.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/321/indicacao_no_005-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_no_006-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/323/indicacao_no_007-2024_-_osvaldo.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/324/indicacao_no_008-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/325/indicacao_no_009-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/327/indicacao_no_010-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/329/indicacao_no_012-2024_-_rafael.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/330/indicacao_no_013-2024_-_rafael.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/331/indicacao_no_014-2024_-_todos.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/332/indicacao_no_015-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/333/indicacao_no_016-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/334/indicacao_no_017-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/335/indicacao_no_018-2024_-_rafael.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/336/indicacao_no_019-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/337/indicacao_no_020-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/338/indicacao_no_021-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/339/indicacao_no_022-2024_-_rafael.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/340/indicacao_no_023-2024_-_rafael.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/341/indicacao_no_024-2024_-_elves.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/342/indicacao_no_025-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/343/indicacao_no_026-2024_-_osvaldo.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/344/indicacao_no_027-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/346/indicacao_no_028-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/347/indicacao_no_029-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/348/indicacao_no_030-2024_-_rafael.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/349/indicacao_no_031-2024_-_osvaldo.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/351/indicacao_no_032-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/353/indicacao_no_033-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/354/indicacao_no_034-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/355/indicacao_no_035-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/356/indicacao_no_036-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/364/indicacao_no_037-2024_-_osvaldo_elves_rafael.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/365/indicacao_no_038-2024_-_jean.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/368/indicacao_no_039-2024_-_elves.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/371/indicacao_no_040-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/372/indicacao_no_041-2024_-_elves.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/373/indicacao_no_042-2024_-_elves.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/374/indicacao_no_043-2024_-_elves.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/375/indicacao_no_044-2024_-_jean_osvaldo_rafael.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/376/indicacao_no_045-2024_-_jefferson.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/377/indicacao_no_046-2024_-_jefferson.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/390/indicacao_no_047-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/391/indicacao_no_048-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/393/indicacao_no_050-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/394/indicacao_no_051-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/395/indicacao_no_052-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/396/indicacao_no_053-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/397/indicacao_no_054-2024_-_simone.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/398/indicacao_no_055-2024_-_osvaldo_e_outros.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/402/indicacao_no_056-2024_-_elves.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/403/indicacao_no_057-2024__simone.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/404/indicacao_no_058-2024_simone.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/405/indicacao_no_059-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/406/indicacao_no_060-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/409/indicacao_no_063-2024_-_elves.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/410/indicacao_no_064-2024_-_elves.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/411/indicacao_no_065-2024_-_jefferson.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/412/indicacao_no_066-2024_-_jefferson.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/413/indicacao_no_067-2024_-_jefferson.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/414/indicacao_no_068-2024_-_jefferson.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/415/indicacao_no_069-2024_-_wagner.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/416/indicacao_no_070-2024_-_edmar.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/418/indicacao_no_072-2024_-_rafael.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/419/indicacao_no_073-2024_-_elves.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/420/indicacao_no_074-2024_-_wagner_e_jorge.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/345/requerimento_001-2024.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/315/projeto_de_lei_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/316/projeto_de_lei_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/428/projeto_de_lei_no_002-2024_verba_indenizatoria.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/370/calendario_das_sessoes_-_2o_semestre_2024.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/326/mocao_de_aplausos_no_001-2024_-_secretarios_municipais..doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/422/mocao_de_aplausos_no_002-2024_-_edson_matsuda.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/437/mocao_de_aplausos_no_003-2024_-_raphael_guerra_pereira.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/438/mocao_de_aplausos_no_004-2024_-_padre_antenor.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/350/mocao_de_apoio_no_001-2024.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/433/emenda_impositiva_001-2024.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2024/434/emenda_impositiva_002-2024.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H126"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="167.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="132.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="131.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>