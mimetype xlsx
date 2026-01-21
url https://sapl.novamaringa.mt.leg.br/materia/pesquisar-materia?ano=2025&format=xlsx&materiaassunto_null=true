--- v0 (2025-12-05)
+++ v1 (2026-01-21)
@@ -10,85 +10,103 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1063" uniqueCount="543">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1183" uniqueCount="599">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>579</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>CFO - COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO</t>
+  </si>
+  <si>
+    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/579/projeto_de_decreto_legislativo_001-2025_-_contas_anual_de_governo_2024.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o julgamento das Contas Anuais de Governo do Poder Executivo de Nova Maringá/MT, relativas ao exercício de 2024, e dá outras providências.</t>
+  </si>
+  <si>
     <t>468</t>
   </si>
   <si>
-    <t>2025</t>
-[...4 lines deleted...]
-  <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE</t>
   </si>
   <si>
     <t>https://sapl.novamaringa.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do “programa vereador mirim”, no âmbito da câmara municipal de Nova Maringá-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>MESA DIRETORA - MEDIR</t>
   </si>
   <si>
     <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/513/projeto_de_resolucao_n_002-2025.pdf</t>
@@ -1179,50 +1197,125 @@
   <si>
     <t>552</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/552/indicacao_no_083-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a necessidade de realizar a instalação de redutor de velocidade na Rua Escócia, nas proximidades da Madeireira Colorado, e a instalação de dois quebra-molas nas imediações de entrada do Residencial Mário Duílio Henry.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/553/indicacao_no_084-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a necessidade de realizar reparos em todas as vias urbanas do município.</t>
   </si>
   <si>
+    <t>571</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/571/indicacao_no_085-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Exma. Senhora Prefeita Municipal, a necessidade de realizar redução do canteiro central e melhorias na iluminação da Avenida Amos Bernardino Zanchet.</t>
+  </si>
+  <si>
+    <t>572</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_no_086-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Exma. Senhora Prefeita Municipal, a necessidade de realizar reparos nas Rua Abertina e Lago Azul, ambas localizadas no Bairro Jardim Mayra.</t>
+  </si>
+  <si>
+    <t>573</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/573/indicacao_no_087-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Exma. Senhora Prefeita Municipal, a necessidade de realizar instalação de iluminação pública em toda a extensão do anel viário deste município.</t>
+  </si>
+  <si>
+    <t>574</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/574/indicacao_no_088-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Exma. Senhora Prefeita Municipal a necessidade de realizar campanha de conscientização sobre a hanseníase, abrangendo toda a rede municipal de saúde, escolas, e demais espaços de atendimento ao público.</t>
+  </si>
+  <si>
+    <t>576</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/576/indicacao_no_089-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Exma. Senhora Prefeita Municipal a premente necessidade de realizar poda das árvores localizadas no canteiro do INDEA – instituto de defesa agropecuária do município.</t>
+  </si>
+  <si>
+    <t>577</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>GERALDO DESTEFANI NETO, ALVONIR ILHA, EDMAR MARQUES LEITE, ELISEU WANDERSON JÚNIOR FERREIRA, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, KLAYTON CASSIANO BERTE, RAFAEL HELIODORO DE SOUZA, WAGNER ROBERTO LORDANO</t>
+  </si>
+  <si>
+    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/577/indicacao_no_090-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indicam à Exma. Senhora Prefeita Municipal a premente necessidade de disponibilizar atendimento odontológico semanal no distrito de Brianorte.</t>
+  </si>
+  <si>
     <t>440</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Poder Executivo)</t>
   </si>
   <si>
     <t>ANA MARIA URQUIZA CASAGRANDE</t>
   </si>
   <si>
     <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/440/projeto_de_lei_no_001-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre alterações na Lei Municipal nº 1.124 de 07 de fevereiro de 2022 e dá outras providências”;</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/441/projeto_de_lei_no_002-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as políticas de Educação Especial na Perspectiva da Educação Inclusiva para alunos com Deficiência e Altas Habilidades/Superdotação da rede pública do Sistema Municipal de Ensino no Município de Nova Maringá-MT e dá outras providências”.</t>
@@ -1449,86 +1542,152 @@
   <si>
     <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/557/pl_027_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NOVA MARINGÁ, ESTADO DO MATO GROSSO, PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/558/pl_028-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre critérios e condições para abertura de Créditos Adicionais e Autorização para Remanejamento e Transposições ao Orçamento Anual 2026 – LOA do município de Nova Maringá-MT, e dá outras providências”.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/559/projeto_de_lei_no_029_-_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES NO EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>582</t>
+  </si>
+  <si>
+    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/582/projeto_de_lei_no_030-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração da Lei Municipal n° 1.124 de 07 de fevereiro de 2022 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>583</t>
+  </si>
+  <si>
+    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/583/projeto_de_lei_no_31-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal n° 310/2003 para modificar a data-base da revisão geral anual da remuneração dos servidores públicos municipais e agentes políticos, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>584</t>
+  </si>
+  <si>
+    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/584/projeto_de_lei_no_032-2025.pdf</t>
+  </si>
+  <si>
+    <t>585</t>
+  </si>
+  <si>
+    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/585/projeto_de_lei_033-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre nomenclatura de Loteamento Público e dá outras providências.”</t>
+  </si>
+  <si>
     <t>445</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Poder Legislativo)</t>
   </si>
   <si>
     <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/445/projeto_de_lei_no_001-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre alterações da Lei Municipal nº 826, de 05 de maio de 2015, e dá outras providências”.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_no_002-2025_consignacao.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a alteração da Lei Municipal nº 1.067, de 23 de fevereiro de 2021, e dá outras providências”.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar (Poder Executivo)</t>
   </si>
   <si>
     <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/486/projeto_de_lei_complementar_no_001-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei Complementar nº 029/2023 e dá outras providências”.</t>
   </si>
   <si>
+    <t>580</t>
+  </si>
+  <si>
+    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/580/projeto_de_lei_complementar_no_002-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a atualização monetária dos valores da Planta Genérica urbana do município de Nova Maringá, constantes na tabela XVI da Lei Complementar 001/2013 de 01 de outubro de 2013, e suas atualizações posteriores, para efeito do cálculo do Imposto sobre a Propriedade Predial e Territorial Urbana - IPT; altera e insere setores na tabela XVI-B do código tributário Municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>581</t>
+  </si>
+  <si>
+    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/581/projeto_de_lei_complementar_no_003-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre alteração na Lei Complementar n° 023/2020 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>575</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos</t>
+  </si>
+  <si>
+    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/575/mocao_no_001-2025.pdf</t>
+  </si>
+  <si>
+    <t>Homenageado: Reginaldo Felício De Oliveira</t>
+  </si>
+  <si>
     <t>495</t>
   </si>
   <si>
     <t>MAP</t>
   </si>
   <si>
     <t>Moção de Apoio</t>
   </si>
   <si>
     <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/495/mocao_de_apoio_no_001-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio ao Projeto de Decreto Legislativo 003/2025, que susta os efeitos da resolução 258, de 23 de dezembro de 2024, do Conselho Nacional dos Direitos da Criança e do Adolescente - CONANDA, e ao Projeto de Lei 1904/2024, que visa impedir que o aborto seja reconhecido como direito, sem previsão de limite de tempo gestacional, durante todos os nove meses da gravidez, até o momento do parto.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>WAGNER ROBERTO LORDANO, ALVONIR ILHA, EDMAR MARQUES LEITE, GERALDO DESTEFANI NETO, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, KLAYTON CASSIANO BERTE, RAFAEL HELIODORO DE SOUZA</t>
   </si>
   <si>
     <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/496/mocao_de_apoio_no_002-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio ao Congresso Nacional, para votação do Projeto de Lei 2858/2022, de autoria do Deputado Federal Major Vitor Hugo, que trata sobre a concessão de anistia a todos os que tenha participado de manifestação em qualquer lugar do território nacional no dia 30 de outubro de 2022; E do Projeto de Lei 5064/2023, de autoria do Senador Hamilton Mourão, que tratam das manifestações ocorridas em Brasília, na Praça dos Três Poderes, no dia 8 de janeiro de 2023.</t>
@@ -1621,50 +1780,59 @@
     <t>Destinam para a área da Secretaria Municipal de Saúde, o valor de R$ 42.000,00 (quarenta e dois mil reais), para aquisição de bicicletas elétricas para as ACS do município.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/569/emenda_009.pdf</t>
   </si>
   <si>
     <t>Destinam para a área da Secretaria de Assistência Social, o valor de R$ 78.895,04 (setenta e oito mil, oitocentos e noventa e cinco reais e quatro centavos) para a construção de dois quartos de apoio, sendo um masculino e outro feminino, ambos com banheiros, destinados aos munícipes do Distrito de Brianorte que necessitam ficar hospedados no município.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>CLA</t>
   </si>
   <si>
     <t>Calendário Legislativo Anual</t>
   </si>
   <si>
     <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/439/calendario_anual.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Calendário Legislativo Anual.</t>
+  </si>
+  <si>
+    <t>578</t>
+  </si>
+  <si>
+    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/578/calendario_das_sessoes_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre Calendário Legislativo Anual para o exercício de 2026.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>Emenda Impositiva de Bancada</t>
   </si>
   <si>
     <t>Partido Renovação Democrática (PRD), Partido Progressista (PP), União Progressista</t>
   </si>
   <si>
     <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/570/emenda_bancada_001.pdf</t>
   </si>
   <si>
     <t>Destinam para a área da Educação o valor de R$ 769.027,69 (setecentos e sessenta e nove mil, vinte e sete reais e sessenta e nove centavos), para a construção de novas salas de aula no Residencial Cidade Alta, como extensão da Rede de Ensino Fundamental localizada no Bairro Jardim Mayra, sendo necessário para atender ao crescimento da demanda escolar naquela região.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -1986,68 +2154,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/513/projeto_de_resolucao_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/560/pr_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/446/indicacao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/447/indicacao_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/450/indicacao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/461/indicacao_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/462/indicacao_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/463/indicacao_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_no_015-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/474/indicacao_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/475/indicacao_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/476/indicacao_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/477/indicacao_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/478/indicacao_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/479/indicacao_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_no_029-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/483/indicacao_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/484/indicacao_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_no_033-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/491/indicacao_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/492/indicacao_no_036-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_no_037-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/494/indicacao_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/497/indicacao_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/498/indicacao_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/499/indicacao_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/500/indicacao_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/501/indicacao_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/502/indicacao_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/503/indicacao_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/504/indicacao_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao_no_047-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_no_048-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/507/indicacao_no_049-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/514/indicacao_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/515/indicacao_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/516/indicacao_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/517/indicacao_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/518/indicacao_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/522/indicacao_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/524/indicacao_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/534/indicacao_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/536/indicacao_no_070-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_no_071-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/538/indicacao_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/539/indicacao_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/540/indicacao_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/541/indicacao_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/542/indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/544/indicacao_no_078-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/548/indicacao_no_079-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/549/indicacao_no_080-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_no_081-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/551/indicacao_no_082-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/552/indicacao_no_083-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/553/indicacao_no_084-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/440/projeto_de_lei_no_001-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/441/projeto_de_lei_no_002-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/442/projeto_de_lei_no_003-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/443/projeto_de_lei_no_004-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/444/projeto_de_lei_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_no_006-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/452/projeto_de_lei_007-2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/453/projeto_de_lei_no_008-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_lei_009-2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/455/projeto_de_lei_010-2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/467/pl_011-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/485/projeto_de_lei_no_012-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/487/proejto_de_lei_no_013-2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/527/pl_014-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/528/pl_015-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/529/pl_016-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/530/pl_017-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/531/pl_018-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/532/pl_019-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/533/pl_020-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/554/pl_021-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/555/pl_022-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/546/projeto_de_lei_no_023-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/547/projeto_de_lei_no_024-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/545/pl_025-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/556/pl_026-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/557/pl_027_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/558/pl_028-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/559/projeto_de_lei_no_029_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/445/projeto_de_lei_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_no_002-2025_consignacao.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/486/projeto_de_lei_complementar_no_001-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/495/mocao_de_apoio_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/496/mocao_de_apoio_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/561/emenda_001.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/562/emenda_002.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/563/emenda_003.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/564/emenda_004.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/565/emenda_005.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/566/emenda_006.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/567/emenda_007.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/568/emenda_008.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/569/emenda_009.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/439/calendario_anual.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/570/emenda_bancada_001.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/579/projeto_de_decreto_legislativo_001-2025_-_contas_anual_de_governo_2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/513/projeto_de_resolucao_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/560/pr_003-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/446/indicacao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/447/indicacao_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/450/indicacao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/461/indicacao_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/462/indicacao_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/463/indicacao_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_no_015-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/474/indicacao_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/475/indicacao_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/476/indicacao_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/477/indicacao_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/478/indicacao_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/479/indicacao_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_no_029-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/483/indicacao_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/484/indicacao_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_no_033-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/491/indicacao_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/492/indicacao_no_036-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_no_037-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/494/indicacao_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/497/indicacao_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/498/indicacao_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/499/indicacao_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/500/indicacao_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/501/indicacao_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/502/indicacao_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/503/indicacao_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/504/indicacao_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao_no_047-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_no_048-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/507/indicacao_no_049-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/514/indicacao_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/515/indicacao_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/516/indicacao_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/517/indicacao_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/518/indicacao_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/522/indicacao_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/524/indicacao_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/534/indicacao_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/536/indicacao_no_070-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_no_071-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/538/indicacao_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/539/indicacao_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/540/indicacao_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/541/indicacao_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/542/indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/544/indicacao_no_078-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/548/indicacao_no_079-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/549/indicacao_no_080-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_no_081-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/551/indicacao_no_082-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/552/indicacao_no_083-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/553/indicacao_no_084-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/571/indicacao_no_085-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_no_086-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/573/indicacao_no_087-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/574/indicacao_no_088-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/576/indicacao_no_089-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/577/indicacao_no_090-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/440/projeto_de_lei_no_001-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/441/projeto_de_lei_no_002-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/442/projeto_de_lei_no_003-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/443/projeto_de_lei_no_004-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/444/projeto_de_lei_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_no_006-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/452/projeto_de_lei_007-2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/453/projeto_de_lei_no_008-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_lei_009-2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/455/projeto_de_lei_010-2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/467/pl_011-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/485/projeto_de_lei_no_012-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/487/proejto_de_lei_no_013-2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/527/pl_014-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/528/pl_015-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/529/pl_016-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/530/pl_017-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/531/pl_018-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/532/pl_019-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/533/pl_020-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/554/pl_021-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/555/pl_022-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/546/projeto_de_lei_no_023-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/547/projeto_de_lei_no_024-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/545/pl_025-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/556/pl_026-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/557/pl_027_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/558/pl_028-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/559/projeto_de_lei_no_029_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/582/projeto_de_lei_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/583/projeto_de_lei_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/584/projeto_de_lei_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/585/projeto_de_lei_033-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/445/projeto_de_lei_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_no_002-2025_consignacao.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/486/projeto_de_lei_complementar_no_001-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/580/projeto_de_lei_complementar_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/581/projeto_de_lei_complementar_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/575/mocao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/495/mocao_de_apoio_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/496/mocao_de_apoio_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/561/emenda_001.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/562/emenda_002.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/563/emenda_003.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/564/emenda_004.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/565/emenda_005.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/566/emenda_006.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/567/emenda_007.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/568/emenda_008.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/569/emenda_009.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/439/calendario_anual.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/578/calendario_das_sessoes_2026.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/570/emenda_bancada_001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H133"/>
+  <dimension ref="A1:H148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="214.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="128" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="146.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2067,3443 +2235,3833 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F4" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E6" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="H6" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D7" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E7" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H7" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E8" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F8" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="H8" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F9" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F10" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F11" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="H11" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F12" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="H12" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D13" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F13" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F14" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="H14" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D15" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F15" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="H15" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D16" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F16" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="H16" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D17" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E17" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F17" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H17" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D18" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E18" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F18" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H18" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D19" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E19" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F19" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H19" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D20" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E20" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>89</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="H20" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D21" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E21" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="H21" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D22" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E22" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H22" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D23" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E23" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F23" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H23" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D24" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E24" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F24" t="s">
-        <v>108</v>
+        <v>19</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H24" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D25" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E25" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F25" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="H25" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D26" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E26" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F26" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H26" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D27" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E27" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F27" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="H27" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D28" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E28" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="H28" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D29" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E29" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F29" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="H29" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D30" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E30" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F30" t="s">
-        <v>134</v>
+        <v>19</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H30" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D31" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E31" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F31" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>14</v>
+        <v>141</v>
       </c>
       <c r="H31" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>143</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>144</v>
+      </c>
+      <c r="D32" t="s">
+        <v>32</v>
+      </c>
+      <c r="E32" t="s">
+        <v>33</v>
+      </c>
+      <c r="F32" t="s">
         <v>140</v>
       </c>
-      <c r="B32" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G32" s="1" t="s">
-        <v>142</v>
+        <v>20</v>
       </c>
       <c r="H32" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D33" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E33" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F33" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="H33" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D34" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E34" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F34" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="H34" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D35" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E35" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F35" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H35" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D36" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E36" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F36" t="s">
-        <v>13</v>
+        <v>160</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="H36" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D37" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E37" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F37" t="s">
-        <v>163</v>
+        <v>19</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H37" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D38" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E38" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F38" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="H38" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D39" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E39" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F39" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H39" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D40" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E40" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F40" t="s">
-        <v>134</v>
+        <v>178</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="H40" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D41" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E41" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F41" t="s">
-        <v>181</v>
+        <v>140</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="H41" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D42" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E42" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F42" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="H42" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D43" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E43" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F43" t="s">
-        <v>134</v>
+        <v>192</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="H43" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D44" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E44" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F44" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="H44" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D45" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E45" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F45" t="s">
-        <v>199</v>
+        <v>140</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="H45" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D46" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E46" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F46" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H46" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D47" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E47" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F47" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H47" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D48" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E48" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>215</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="H48" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D49" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E49" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F49" t="s">
-        <v>209</v>
+        <v>19</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="H49" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D50" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E50" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F50" t="s">
-        <v>13</v>
+        <v>215</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="H50" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D51" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E51" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F51" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="H51" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D52" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E52" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F52" t="s">
-        <v>230</v>
+        <v>19</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H52" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D53" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E53" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F53" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="H53" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D54" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E54" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F54" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="H54" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D55" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E55" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F55" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="H55" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="D56" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E56" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F56" t="s">
-        <v>13</v>
+        <v>241</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="H56" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D57" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E57" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F57" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="H57" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D58" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E58" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F58" t="s">
-        <v>256</v>
+        <v>19</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="H58" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D59" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E59" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F59" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="H59" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D60" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E60" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F60" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="H60" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D61" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E61" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F61" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="H61" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D62" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E62" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F62" t="s">
-        <v>134</v>
+        <v>272</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="H62" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="D63" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E63" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F63" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="H63" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D64" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E64" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F64" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="H64" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D65" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E65" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F65" t="s">
-        <v>43</v>
+        <v>140</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="H65" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="D66" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E66" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F66" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="H66" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="D67" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E67" t="s">
-        <v>27</v>
+        <v>33</v>
+      </c>
+      <c r="F67" t="s">
+        <v>40</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="H67" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D68" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E68" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="H68" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D69" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E69" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F69" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="H69" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D70" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E70" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F70" t="s">
-        <v>307</v>
+        <v>19</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H70" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D71" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E71" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F71" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="H71" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D72" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E72" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F72" t="s">
-        <v>13</v>
+        <v>318</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="H72" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D73" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E73" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F73" t="s">
-        <v>78</v>
+        <v>19</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="H73" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D74" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E74" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F74" t="s">
-        <v>325</v>
+        <v>84</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H74" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D75" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E75" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F75" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="H75" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D76" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E76" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F76" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="H76" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D77" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E77" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F77" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="H77" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D78" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E78" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F78" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="H78" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D79" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E79" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F79" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="H79" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D80" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E80" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F80" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="H80" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D81" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E81" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F81" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="H81" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D82" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E82" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F82" t="s">
-        <v>312</v>
+        <v>359</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="H82" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="D83" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E83" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F83" t="s">
-        <v>366</v>
+        <v>318</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="H83" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D84" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E84" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F84" t="s">
-        <v>209</v>
+        <v>372</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="H84" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D85" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E85" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F85" t="s">
-        <v>154</v>
+        <v>215</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="H85" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="D86" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E86" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F86" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="H86" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="D87" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E87" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F87" t="s">
-        <v>43</v>
+        <v>160</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="H87" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="D88" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E88" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F88" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="H88" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>10</v>
+        <v>392</v>
       </c>
       <c r="D89" t="s">
-        <v>390</v>
+        <v>32</v>
       </c>
       <c r="E89" t="s">
-        <v>391</v>
+        <v>33</v>
       </c>
       <c r="F89" t="s">
-        <v>392</v>
+        <v>49</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>393</v>
       </c>
       <c r="H89" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>395</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>17</v>
+        <v>396</v>
       </c>
       <c r="D90" t="s">
-        <v>390</v>
+        <v>32</v>
       </c>
       <c r="E90" t="s">
-        <v>391</v>
+        <v>33</v>
       </c>
       <c r="F90" t="s">
-        <v>392</v>
+        <v>19</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="H90" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>22</v>
+        <v>400</v>
       </c>
       <c r="D91" t="s">
-        <v>390</v>
+        <v>32</v>
       </c>
       <c r="E91" t="s">
-        <v>391</v>
+        <v>33</v>
       </c>
       <c r="F91" t="s">
-        <v>392</v>
+        <v>19</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="H91" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>38</v>
+        <v>404</v>
       </c>
       <c r="D92" t="s">
-        <v>390</v>
+        <v>32</v>
       </c>
       <c r="E92" t="s">
-        <v>391</v>
+        <v>33</v>
       </c>
       <c r="F92" t="s">
-        <v>392</v>
+        <v>160</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="H92" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>42</v>
+        <v>408</v>
       </c>
       <c r="D93" t="s">
-        <v>390</v>
+        <v>32</v>
       </c>
       <c r="E93" t="s">
-        <v>391</v>
+        <v>33</v>
       </c>
       <c r="F93" t="s">
-        <v>392</v>
+        <v>19</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="H93" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>47</v>
+        <v>412</v>
       </c>
       <c r="D94" t="s">
-        <v>390</v>
+        <v>32</v>
       </c>
       <c r="E94" t="s">
-        <v>391</v>
+        <v>33</v>
       </c>
       <c r="F94" t="s">
-        <v>392</v>
+        <v>160</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="H94" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>52</v>
+        <v>416</v>
       </c>
       <c r="D95" t="s">
-        <v>390</v>
+        <v>32</v>
       </c>
       <c r="E95" t="s">
-        <v>391</v>
+        <v>33</v>
       </c>
       <c r="F95" t="s">
-        <v>392</v>
+        <v>417</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="H95" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="D96" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E96" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F96" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>414</v>
+        <v>424</v>
       </c>
       <c r="H96" t="s">
-        <v>415</v>
+        <v>425</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>416</v>
+        <v>426</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="D97" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E97" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F97" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>417</v>
+        <v>427</v>
       </c>
       <c r="H97" t="s">
-        <v>418</v>
+        <v>428</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>419</v>
+        <v>429</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="D98" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E98" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F98" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>420</v>
+        <v>430</v>
       </c>
       <c r="H98" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>432</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>44</v>
+      </c>
+      <c r="D99" t="s">
+        <v>421</v>
+      </c>
+      <c r="E99" t="s">
         <v>422</v>
       </c>
-      <c r="B99" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F99" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="H99" t="s">
-        <v>424</v>
+        <v>434</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>425</v>
+        <v>435</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="D100" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E100" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F100" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="H100" t="s">
-        <v>427</v>
+        <v>437</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>428</v>
+        <v>438</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>77</v>
+        <v>53</v>
       </c>
       <c r="D101" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E101" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F101" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>429</v>
+        <v>439</v>
       </c>
       <c r="H101" t="s">
-        <v>430</v>
+        <v>440</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>431</v>
+        <v>441</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>82</v>
+        <v>58</v>
       </c>
       <c r="D102" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E102" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F102" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>432</v>
+        <v>442</v>
       </c>
       <c r="H102" t="s">
-        <v>433</v>
+        <v>443</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>434</v>
+        <v>444</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>87</v>
+        <v>62</v>
       </c>
       <c r="D103" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E103" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F103" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>435</v>
+        <v>445</v>
       </c>
       <c r="H103" t="s">
-        <v>436</v>
+        <v>446</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>437</v>
+        <v>447</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>91</v>
+        <v>66</v>
       </c>
       <c r="D104" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E104" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F104" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="H104" t="s">
-        <v>439</v>
+        <v>449</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>440</v>
+        <v>450</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>95</v>
+        <v>71</v>
       </c>
       <c r="D105" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E105" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F105" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>441</v>
+        <v>451</v>
       </c>
       <c r="H105" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>99</v>
+        <v>75</v>
       </c>
       <c r="D106" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E106" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F106" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>444</v>
+        <v>454</v>
       </c>
       <c r="H106" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="D107" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E107" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F107" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>447</v>
+        <v>457</v>
       </c>
       <c r="H107" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>449</v>
+        <v>459</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>107</v>
+        <v>83</v>
       </c>
       <c r="D108" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E108" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F108" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>450</v>
+        <v>460</v>
       </c>
       <c r="H108" t="s">
-        <v>451</v>
+        <v>461</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>452</v>
+        <v>462</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D109" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E109" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F109" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>453</v>
+        <v>463</v>
       </c>
       <c r="H109" t="s">
-        <v>454</v>
+        <v>464</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>455</v>
+        <v>465</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>116</v>
+        <v>93</v>
       </c>
       <c r="D110" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E110" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F110" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>456</v>
+        <v>466</v>
       </c>
       <c r="H110" t="s">
-        <v>457</v>
+        <v>467</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>458</v>
+        <v>468</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D111" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E111" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F111" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>459</v>
+        <v>469</v>
       </c>
       <c r="H111" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>461</v>
+        <v>471</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>125</v>
+        <v>101</v>
       </c>
       <c r="D112" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E112" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F112" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>462</v>
+        <v>472</v>
       </c>
       <c r="H112" t="s">
-        <v>463</v>
+        <v>473</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>464</v>
+        <v>474</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>129</v>
+        <v>105</v>
       </c>
       <c r="D113" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E113" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F113" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>465</v>
+        <v>475</v>
       </c>
       <c r="H113" t="s">
-        <v>466</v>
+        <v>476</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>467</v>
+        <v>477</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="D114" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E114" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F114" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>468</v>
+        <v>478</v>
       </c>
       <c r="H114" t="s">
-        <v>469</v>
+        <v>479</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="D115" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E115" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F115" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
       <c r="H115" t="s">
-        <v>472</v>
+        <v>482</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>141</v>
+        <v>118</v>
       </c>
       <c r="D116" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E116" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F116" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>474</v>
+        <v>484</v>
       </c>
       <c r="H116" t="s">
-        <v>475</v>
+        <v>485</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>145</v>
+        <v>122</v>
       </c>
       <c r="D117" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E117" t="s">
-        <v>391</v>
+        <v>422</v>
       </c>
       <c r="F117" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>477</v>
+        <v>487</v>
       </c>
       <c r="H117" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>479</v>
+        <v>489</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>10</v>
+        <v>127</v>
       </c>
       <c r="D118" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E118" t="s">
-        <v>480</v>
+        <v>422</v>
       </c>
       <c r="F118" t="s">
-        <v>18</v>
+        <v>423</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="H118" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>483</v>
+        <v>492</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>17</v>
+        <v>131</v>
       </c>
       <c r="D119" t="s">
-        <v>390</v>
+        <v>421</v>
       </c>
       <c r="E119" t="s">
-        <v>480</v>
+        <v>422</v>
       </c>
       <c r="F119" t="s">
-        <v>18</v>
+        <v>423</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>484</v>
+        <v>493</v>
       </c>
       <c r="H119" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>10</v>
+        <v>135</v>
       </c>
       <c r="D120" t="s">
-        <v>487</v>
+        <v>421</v>
       </c>
       <c r="E120" t="s">
-        <v>488</v>
+        <v>422</v>
       </c>
       <c r="F120" t="s">
-        <v>392</v>
+        <v>423</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>489</v>
+        <v>496</v>
       </c>
       <c r="H120" t="s">
-        <v>490</v>
+        <v>497</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>491</v>
+        <v>498</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>10</v>
+        <v>139</v>
       </c>
       <c r="D121" t="s">
-        <v>492</v>
+        <v>421</v>
       </c>
       <c r="E121" t="s">
-        <v>493</v>
+        <v>422</v>
       </c>
       <c r="F121" t="s">
-        <v>83</v>
+        <v>423</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="H121" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>17</v>
+        <v>144</v>
       </c>
       <c r="D122" t="s">
-        <v>492</v>
+        <v>421</v>
       </c>
       <c r="E122" t="s">
-        <v>493</v>
+        <v>422</v>
       </c>
       <c r="F122" t="s">
-        <v>497</v>
+        <v>423</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="H122" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>10</v>
+        <v>147</v>
       </c>
       <c r="D123" t="s">
-        <v>501</v>
+        <v>421</v>
       </c>
       <c r="E123" t="s">
-        <v>502</v>
+        <v>422</v>
       </c>
       <c r="F123" t="s">
-        <v>134</v>
+        <v>423</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="H123" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>17</v>
+        <v>151</v>
       </c>
       <c r="D124" t="s">
-        <v>501</v>
+        <v>421</v>
       </c>
       <c r="E124" t="s">
-        <v>502</v>
+        <v>422</v>
       </c>
       <c r="F124" t="s">
-        <v>506</v>
+        <v>423</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="H124" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>22</v>
+        <v>155</v>
       </c>
       <c r="D125" t="s">
-        <v>501</v>
+        <v>421</v>
       </c>
       <c r="E125" t="s">
-        <v>502</v>
+        <v>422</v>
       </c>
       <c r="F125" t="s">
-        <v>13</v>
+        <v>423</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="H125" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>38</v>
+        <v>159</v>
       </c>
       <c r="D126" t="s">
-        <v>501</v>
+        <v>421</v>
       </c>
       <c r="E126" t="s">
-        <v>502</v>
+        <v>422</v>
       </c>
       <c r="F126" t="s">
-        <v>48</v>
+        <v>423</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="H126" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>42</v>
+        <v>164</v>
       </c>
       <c r="D127" t="s">
-        <v>501</v>
+        <v>421</v>
       </c>
       <c r="E127" t="s">
-        <v>502</v>
+        <v>422</v>
       </c>
       <c r="F127" t="s">
-        <v>516</v>
+        <v>423</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>517</v>
       </c>
       <c r="H127" t="s">
-        <v>518</v>
+        <v>482</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>518</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>168</v>
+      </c>
+      <c r="D128" t="s">
+        <v>421</v>
+      </c>
+      <c r="E128" t="s">
+        <v>422</v>
+      </c>
+      <c r="F128" t="s">
+        <v>423</v>
+      </c>
+      <c r="G128" s="1" t="s">
         <v>519</v>
       </c>
-      <c r="B128" t="s">
-[...11 lines deleted...]
-      <c r="F128" t="s">
+      <c r="H128" t="s">
         <v>520</v>
-      </c>
-[...4 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>521</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>10</v>
+      </c>
+      <c r="D129" t="s">
+        <v>421</v>
+      </c>
+      <c r="E129" t="s">
+        <v>522</v>
+      </c>
+      <c r="F129" t="s">
+        <v>24</v>
+      </c>
+      <c r="G129" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="B129" t="s">
-[...14 lines deleted...]
-      <c r="G129" s="1" t="s">
+      <c r="H129" t="s">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
+        <v>525</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>23</v>
+      </c>
+      <c r="D130" t="s">
+        <v>421</v>
+      </c>
+      <c r="E130" t="s">
+        <v>522</v>
+      </c>
+      <c r="F130" t="s">
+        <v>24</v>
+      </c>
+      <c r="G130" s="1" t="s">
         <v>526</v>
       </c>
-      <c r="B130" t="s">
-[...14 lines deleted...]
-      <c r="G130" s="1" t="s">
+      <c r="H130" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>528</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>10</v>
+      </c>
+      <c r="D131" t="s">
         <v>529</v>
       </c>
-      <c r="B131" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E131" t="s">
-        <v>502</v>
+        <v>530</v>
       </c>
       <c r="F131" t="s">
-        <v>134</v>
+        <v>423</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="H131" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="D132" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="E132" t="s">
+        <v>530</v>
+      </c>
+      <c r="F132" t="s">
+        <v>423</v>
+      </c>
+      <c r="G132" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="F132" t="s">
-[...2 lines deleted...]
-      <c r="G132" s="1" t="s">
+      <c r="H132" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>536</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>28</v>
+      </c>
+      <c r="D133" t="s">
+        <v>529</v>
+      </c>
+      <c r="E133" t="s">
+        <v>530</v>
+      </c>
+      <c r="F133" t="s">
+        <v>423</v>
+      </c>
+      <c r="G133" s="1" t="s">
         <v>537</v>
       </c>
-      <c r="B133" t="s">
-[...2 lines deleted...]
-      <c r="C133" t="s">
+      <c r="H133" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>539</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
         <v>10</v>
       </c>
-      <c r="D133" t="s">
-[...5 lines deleted...]
-      <c r="F133" t="s">
+      <c r="D134" t="s">
         <v>540</v>
       </c>
-      <c r="G133" s="1" t="s">
+      <c r="E134" t="s">
         <v>541</v>
       </c>
-      <c r="H133" t="s">
+      <c r="F134" t="s">
+        <v>19</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>542</v>
+      </c>
+      <c r="H134" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>544</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>10</v>
+      </c>
+      <c r="D135" t="s">
+        <v>545</v>
+      </c>
+      <c r="E135" t="s">
+        <v>546</v>
+      </c>
+      <c r="F135" t="s">
+        <v>89</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="H135" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>549</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>23</v>
+      </c>
+      <c r="D136" t="s">
+        <v>545</v>
+      </c>
+      <c r="E136" t="s">
+        <v>546</v>
+      </c>
+      <c r="F136" t="s">
+        <v>550</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="H136" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>553</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>10</v>
+      </c>
+      <c r="D137" t="s">
+        <v>554</v>
+      </c>
+      <c r="E137" t="s">
+        <v>555</v>
+      </c>
+      <c r="F137" t="s">
+        <v>140</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="H137" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>558</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>23</v>
+      </c>
+      <c r="D138" t="s">
+        <v>554</v>
+      </c>
+      <c r="E138" t="s">
+        <v>555</v>
+      </c>
+      <c r="F138" t="s">
+        <v>559</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="H138" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>562</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>28</v>
+      </c>
+      <c r="D139" t="s">
+        <v>554</v>
+      </c>
+      <c r="E139" t="s">
+        <v>555</v>
+      </c>
+      <c r="F139" t="s">
+        <v>19</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="H139" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>565</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>44</v>
+      </c>
+      <c r="D140" t="s">
+        <v>554</v>
+      </c>
+      <c r="E140" t="s">
+        <v>555</v>
+      </c>
+      <c r="F140" t="s">
+        <v>54</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="H140" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>568</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>48</v>
+      </c>
+      <c r="D141" t="s">
+        <v>554</v>
+      </c>
+      <c r="E141" t="s">
+        <v>555</v>
+      </c>
+      <c r="F141" t="s">
+        <v>569</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="H141" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>572</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>53</v>
+      </c>
+      <c r="D142" t="s">
+        <v>554</v>
+      </c>
+      <c r="E142" t="s">
+        <v>555</v>
+      </c>
+      <c r="F142" t="s">
+        <v>573</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="H142" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>576</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>58</v>
+      </c>
+      <c r="D143" t="s">
+        <v>554</v>
+      </c>
+      <c r="E143" t="s">
+        <v>555</v>
+      </c>
+      <c r="F143" t="s">
+        <v>140</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="H143" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>579</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>62</v>
+      </c>
+      <c r="D144" t="s">
+        <v>554</v>
+      </c>
+      <c r="E144" t="s">
+        <v>555</v>
+      </c>
+      <c r="F144" t="s">
+        <v>140</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="H144" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>582</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>66</v>
+      </c>
+      <c r="D145" t="s">
+        <v>554</v>
+      </c>
+      <c r="E145" t="s">
+        <v>555</v>
+      </c>
+      <c r="F145" t="s">
+        <v>140</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="H145" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>585</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>10</v>
+      </c>
+      <c r="D146" t="s">
+        <v>586</v>
+      </c>
+      <c r="E146" t="s">
+        <v>587</v>
+      </c>
+      <c r="F146" t="s">
+        <v>24</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="H146" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>590</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>23</v>
+      </c>
+      <c r="D147" t="s">
+        <v>586</v>
+      </c>
+      <c r="E147" t="s">
+        <v>587</v>
+      </c>
+      <c r="F147" t="s">
+        <v>24</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="H147" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>593</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>10</v>
+      </c>
+      <c r="D148" t="s">
+        <v>594</v>
+      </c>
+      <c r="E148" t="s">
+        <v>595</v>
+      </c>
+      <c r="F148" t="s">
+        <v>596</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="H148" t="s">
+        <v>598</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5596,50 +6154,65 @@
     <hyperlink ref="G109" r:id="rId108"/>
     <hyperlink ref="G110" r:id="rId109"/>
     <hyperlink ref="G111" r:id="rId110"/>
     <hyperlink ref="G112" r:id="rId111"/>
     <hyperlink ref="G113" r:id="rId112"/>
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>