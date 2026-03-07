--- v1 (2026-01-21)
+++ v2 (2026-03-07)
@@ -54,1800 +54,1800 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/579/projeto_de_decreto_legislativo_001-2025_-_contas_anual_de_governo_2024.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/579/projeto_de_decreto_legislativo_001-2025_-_contas_anual_de_governo_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento das Contas Anuais de Governo do Poder Executivo de Nova Maringá/MT, relativas ao exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do “programa vereador mirim”, no âmbito da câmara municipal de Nova Maringá-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>MESA DIRETORA - MEDIR</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/513/projeto_de_resolucao_n_002-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/513/projeto_de_resolucao_n_002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a organização, funcionamento e procedimentos da Ouvidoria da Câmara Municipal de Nova Maringá-MT, conforme lei federal nº 13.460, de 26 de junho de 2017 e dá outras providências.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/560/pr_003-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/560/pr_003-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Resolução nº 016/2023, que institui o Regimento Interno da Câmara Municipal de Nova Maringá/MT, e dá outras providências".</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/446/indicacao_no_001-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/446/indicacao_no_001-2025.pdf</t>
   </si>
   <si>
     <t>Indica à exma. Senhora prefeita municipal a necessidade de realizar a substituição dos bancos da van utilizada para o transporte dos pacientes em tratamento de hemodiálise por assentos semi leito.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/447/indicacao_no_002-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/447/indicacao_no_002-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a realização de um estudo de impacto financeiro, visando a concessão de aumento na gratificação dos servidores que atuam no transporte escolar em áreas de difícil acesso.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>RAFAEL HELIODORO DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_no_003-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_no_003-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a implantação de redutores de velocidade na extensão da Avenida Amos Bernardino Zanchet.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_no_004-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_no_004-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a instalação de tampas nos bueiros localizados no Bairro Jardim Europa, bem como a manutenção no asfalto na rua Monte Castelo que está com desnível, causando acumulo de água.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>ALVONIR ILHA, EDMAR MARQUES LEITE, ELISEU WANDERSON JÚNIOR FERREIRA, GERALDO DESTEFANI NETO, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, KLAYTON CASSIANO BERTE, RAFAEL HELIODORO DE SOUZA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/450/indicacao_no_005-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/450/indicacao_no_005-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal a premente necessidade de realizar a construção de um ponto de ônibus nas proximidades da Madeireira Paesha e Madeireira Três Poder.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>ALVONIR ILHA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_no_006-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_no_006-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora prefeita municipal, municipal a necessidade de instalar um redutor de velocidade na Rua Laranjeiras, localizada no Distrito de Brianorte.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao_no_007-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao_no_007-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a necessidade de instalar placas de sinalização, especialmente com a indicação de "PARE", nas ruas recentemente pavimentadas no Distrito de Brianorte.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_no_008-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_no_008-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a necessidade de realizar uma reforma na Academia da Terceira Idade, localizada no Distrito de Brianorte.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>JEFFERSON AUGUSTO LORDANO, ALVONIR ILHA, EDMAR MARQUES LEITE, ELISEU WANDERSON JÚNIOR FERREIRA, GERALDO DESTEFANI NETO, JORGE VIDAL, KLAYTON CASSIANO BERTE, RAFAEL HELIODORO DE SOUZA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_no_009-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_no_009-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a necessidade de realizar a aquisição de uma carreta rodocaçamba 9 eixos, com o objetivo de otimizar o transporte de materiais, reduzindo o desgaste da frota de caminhões caçamba do município.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/461/indicacao_no_010-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/461/indicacao_no_010-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a necessidade de restringir o acesso de pessoas nos locais onde é realizado o saneamento básico da água, situados nas proximidades da Feira Municipal e da Madeireira Três Poderes.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/462/indicacao_no_011-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/462/indicacao_no_011-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita municipal, a premente necessidade de realizar limpeza da sarjeta de capitação de águas pluviais.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/463/indicacao_no_012-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/463/indicacao_no_012-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar manutenção na rede de iluminação pública na extensão da mt-160, no trecho compreendido entre a rotatória próxima ao Safras Armazéns Gerais até a rotatória próxima ao Núcleo da Polícia Militar deste município.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>RAFAEL HELIODORO DE SOUZA, ALVONIR ILHA, EDMAR MARQUES LEITE, ELISEU WANDERSON JÚNIOR FERREIRA, GERALDO DESTEFANI NETO, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, KLAYTON CASSIANO BERTE, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao_no_013-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao_no_013-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a necessidade de instalar placas de sinalização refletivas nas proximidades da ponte sobre o Rio Miguel de Castro, na MT 488, sentido município de Tapurah.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, ALVONIR ILHA, ELISEU WANDERSON JÚNIOR FERREIRA, GERALDO DESTEFANI NETO, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, KLAYTON CASSIANO BERTE, RAFAEL HELIODORO DE SOUZA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao_no_014-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao_no_014-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a premente necessidade de realizar manutenção nas rodovias: MT-160, MT-249, MT-488 e MT-242.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_no_015-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_no_015-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a premente necessidade de disponibilizar uniformes e equipamentos de proteção individual para os profissionais da coleta de lixo.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao_no_016-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao_no_016-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita municipal a necessidade de realizar a criação de um abatedouro municipal.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao_no_017-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao_no_017-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita municipal a necessidade de implantar câmeras de monitoramento nos automóveis municipais.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao_no_018-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao_no_018-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita municipal a necessidade de implantar sistema de rastreamento nos automóveis municipais.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao_no_019-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao_no_019-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita municipal a premente necessidade de realizar a reativação da Feira Municipal.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>JORGE VIDAL, KLAYTON CASSIANO BERTE, RAFAEL HELIODORO DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_no_020-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_no_020-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita municipal a premente necessidade de realizar a implantação de postes de iluminação na Rua 02, do bairro Mário Duílio.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/474/indicacao_no_021-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/474/indicacao_no_021-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita municipal, a premente necessidade de realizar uma adequação na iluminação da Praça Central e Manutenção da Quadra de areia e seus refletores.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>GERALDO DESTEFANI NETO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/475/indicacao_no_022-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/475/indicacao_no_022-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita municipal, que o Poder Executivo intervenha junto ao Governo do Estado de Mato Grosso, para realizar aquisição de Pá carregadeira, Escavadeira PC e Patrulha Mecanizada.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/476/indicacao_no_023-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/476/indicacao_no_023-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita municipal a premente necessidade de realizar a instalação de redutores de velocidade na Rua Andréia, no Bairro Jardim Tropical.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/477/indicacao_no_024-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/477/indicacao_no_024-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita municipal, a premente necessidade de realizar a instalação de redutores de velocidade na Rua Santos Dumont no Bairro Jardim Europa e Travessa 3 no Bairro Seringal.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/478/indicacao_no_025-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/478/indicacao_no_025-2025.pdf</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal, a premente necessidade de disponibilizar uma área pública no município para empreendimentos de grande porte, com objetivo de atrair filiais de empresas que gerem empregos formais.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>GERALDO DESTEFANI NETO, KLAYTON CASSIANO BERTE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/479/indicacao_no_026-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/479/indicacao_no_026-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a manutenção e limpeza do cemitério municipal.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal a necessidade de realizar a aquisição de um veículo automotor de duas rodas (motocicleta), para os agentes de combate a endemias.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_no_028-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_no_028-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal a premente necessidade de instalar uma faixa elevada de pedestre, em frente a atual saída da Escola Estadual Osmair Pinheiro da Silva.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_no_029-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_no_029-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal a premente necessidade de instalar uma placa de sinalização antes da rotatória do entroncamento entre a mt-249 e a mt-492, que dá acesso aos municípios de Campo Novo Do Parecis e São José do Rio Claro.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/483/indicacao_no_030-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/483/indicacao_no_030-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal a premente necessidade de realizar aquisição e destinação de um carro de 7 lugares exclusivo para o transporte de pacientes que fazem tratamento de hemodiálise.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>KLAYTON CASSIANO BERTE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/484/indicacao_no_031-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/484/indicacao_no_031-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal a premente necessidade de construir um estacionamento para a Creche Rosa Camacho.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_no_032-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_no_032-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a realização de um estudo de viabilidade para a abertura da Rua São Paulo nas proximidades da Creche Rosa Camacho.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>KLAYTON CASSIANO BERTE, EDMAR MARQUES LEITE, GERALDO DESTEFANI NETO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_no_033-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_no_033-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a premente necessidade de realizar serviços de reparo no asfalto nas proximidades da caixa d’agua e rotatória de acesso ao anel viário, bem como em frente ao estabelecimento Pezão Molas, ambos localizados na Avenida Amos Bernardino Zanchet.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_no_034-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_no_034-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal a necessidade de realizar a instalação de placas de Sinalização nas proximidades dos quebra-molas, especialmente na Avenida Amos Bernardino Zanchet em frente a Secretaria de Obras.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>RAFAEL HELIODORO DE SOUZA, ELISEU WANDERSON JÚNIOR FERREIRA, JORGE VIDAL, KLAYTON CASSIANO BERTE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/491/indicacao_no_035-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/491/indicacao_no_035-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal a premente necessidade de realizar a aquisição de um aparelho de ultrassonografia para atender a grande demanda na Saúde do nosso município.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/492/indicacao_no_036-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/492/indicacao_no_036-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a contratação de um profissional Aquicultor, visando oferecer assistência técnica especializada aos pequenos produtores rurais que desenvolvem ou têm interesse em desenvolver atividades de piscicultura no município de Nova Maringá</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, ELISEU WANDERSON JÚNIOR FERREIRA, KLAYTON CASSIANO BERTE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_no_037-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_no_037-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a realização de um estudo de viabilidade para a criação de programa que promova educação em tempo integral para todas as crianças que necessitem.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, ELISEU WANDERSON JÚNIOR FERREIRA, JORGE VIDAL, KLAYTON CASSIANO BERTE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/494/indicacao_no_038-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/494/indicacao_no_038-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal intercessão junto à concessionária Energisa para a instalação de um poste de energia elétrica na Rua Adriana, Rua Andreia e Rua Fabiana, ambas vias que ligam o Bairro Jardim Mayra ao Bairro Jardim Tropical.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/497/indicacao_no_039-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/497/indicacao_no_039-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Excelentíssima Senhora Prefeita Municipal a realização de um estudo de viabilidade, por meio do setor cometente, para elaboração de um Projeto destinado à construção de um  Anel Viário na região oeste do município de Nova Maringá/MT, paralelo à área urbana.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/498/indicacao_no_040-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/498/indicacao_no_040-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Excelentíssima senhora Prefeita Municipal, a realização de estudo de viabilidade para implantação de uma Unidade Básica de Saúde (UBS) entre o residencial Mário Duílio Henry e o Bairro Jardim Tropical.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>JORGE VIDAL, RAFAEL HELIODORO DE SOUZA, GERALDO DESTEFANI NETO, JEFFERSON AUGUSTO LORDANO, KLAYTON CASSIANO BERTE, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/499/indicacao_no_041-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/499/indicacao_no_041-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal a premente necessidade de realizar manutenção e os devidos reparos na iluminação e nas telas (alambrado) que cercam o campo de futebol do Bairro Jardim Tropical.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>KLAYTON CASSIANO BERTE, GERALDO DESTEFANI NETO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/500/indicacao_no_042-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/500/indicacao_no_042-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a possibilidade de realizar intervenção junto à empresa Energisa para instalação de iluminação pública no trecho entre o Bairro Jardim Tropical e o Projeto Casulo.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, ELISEU WANDERSON JÚNIOR FERREIRA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/501/indicacao_no_043-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/501/indicacao_no_043-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a necessidade de realizar a aquisição de equipamentos e materiais para a Escola Municipal Wilson Ribeiro, incluindo impressoras, televisões, notebooks, materiais esportivos e a adaptação do cesto de basquete.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/502/indicacao_no_044-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/502/indicacao_no_044-2025.pdf</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal, a necessidade de realizar a construção de pelo menos mais 03 (três) banheiros no Centro Poliesportivo Lizeo Pederiva.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/503/indicacao_no_045-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/503/indicacao_no_045-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, que sejam adotadas medidas de controle e afaste os pombos da quadra da Escola Municipal Wilson Ribeiro e, caso não seja possível, que seja providenciada a construção de um cercado para impedir seu acesso ao local.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/504/indicacao_no_046-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/504/indicacao_no_046-2025.pdf</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal, a possibilidade de doação, por parte do município, de um terreno à ACEINMA (Associação Comercial, Empresarial e Industrial de Nova Maringá/MT), com o objetivo de viabilizar a construção da sede própria da entidade.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao_no_047-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao_no_047-2025.pdf</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal, a intercessão junto aos órgãos competentes para viabilizar a instalação de placas de orientação de destino nos municípios de Diamantino e Tapurah, indicando o caminho e a distância até Nova Maringá.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>ELISEU WANDERSON JÚNIOR FERREIRA, EDMAR MARQUES LEITE, KLAYTON CASSIANO BERTE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_no_048-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_no_048-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a possibilidade de realizar a instalação de redutores de velocidade nas proximidades da Mercearia Conquista localizada na Rua Andreia, bairro Jardim Mayra.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>ELISEU WANDERSON JÚNIOR FERREIRA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/507/indicacao_no_049-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/507/indicacao_no_049-2025.pdf</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal, a possibilidade de realizar a construção de ciclovia até a entrada do Residencial Mario Duílio Henry, e a instalação de redutores de velocidade nas imediações do local.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao_no_050-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao_no_050-2025.pdf</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal, para que seja analisada, junto ao setor competente, a possibilidade de realizar a substituição do motor estacionário atualmente utilizado na captação de água para molhar as ruas do Distrito de Brianorte, por um transformador conectado à rede elétrica.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_no_051-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_no_051-2025.pdf</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal, a realização de estudo de impacto financeiro para melhorias na Verba Indenizatória dos motoristas de ambulância da saúde, com o objetivo de igualar o valor da verba aos demais profissionais da área, como médicos, enfermeiros padrão e técnicos de enfermagem.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_no_052-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_no_052-2025.pdf</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal, a necessidade de realizar pintura no entorno dos muros da Escola Municipal Wilson Ribeiro e da Creche Rosa Camacho, visando a valorização dos espaços educacionais e a melhoria da estética urbana.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_no_053-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_no_053-2025.pdf</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Prefeita Municipal, a necessidade de realizar manutenção no sistema de ar-condicionado da retroescavadeira Bobcat, visando o bem-estar dos operadores e a eficiência dos serviços públicos.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>KLAYTON CASSIANO BERTE, RAFAEL HELIODORO DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_no_054-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_no_054-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a necessidade de disponibilizar, mesmo que por tempo determinado, o uso da máquina retroescavadeira aos pequenos produtores rurais interessados na construção de tanques para criação de peixes.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, JORGE VIDAL, RAFAEL HELIODORO DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/514/indicacao_no_055-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/514/indicacao_no_055-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a necessidade de realizar serviços de manutenção na estrada de acesso ao Assentamento Chacorore até a Fazenda Paiquerê.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, GERALDO DESTEFANI NETO, KLAYTON CASSIANO BERTE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/515/indicacao_no_056-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/515/indicacao_no_056-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a necessidade de realização de serviços de manutenção e melhorias no Residencial Mário Duílio Henry.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/516/indicacao_no_057-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/516/indicacao_no_057-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a possibilidade de realizar a reorganização da escala de horários dos motoristas de ambulância, visando garantir o devido descanso e a segurança nas viagens de emergência para outros municípios.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/517/indicacao_no_058-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/517/indicacao_no_058-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a necessidade de realizar a instalação de redutor de velocidade no anel viário nas proximidades da entrada do município, com as devidas sinalizações de alerta.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/518/indicacao_no_059-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/518/indicacao_no_059-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a possibilidade de aumentar o valor do repasse ao Consórcio Vale do Teles Pires, com o objetivo de ampliar o número de vagas para atendimentos em consultas, exames e demais procedimentos de saúde à população.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_no_060-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_no_060-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a possibilidade de contratação de profissionais das áreas de pediatria, ginecologia e geriatria para realização de atendimentos periódicos no município de Nova Maringá.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_no_061-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_no_061-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Excelentíssima Senhora Prefeita Municipal a possibilidade de disponibilizar uma van ou micro-ônibus para realizar o transporte dos munícipes que residem no Distrito de Brianorte até Nova Maringá nos dias de jogos do Campeonato Pratas da Casa, visando garantir a participação da comunidade nos eventos esportivos do município.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_no_062-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_no_062-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a necessidade de realizar a instalação de quebra-molas nas proximidades da cidade, a pelo menos 100 metros antes da placa de orientação da MT-249 – José Garcez Munhon, visando a redução de velocidade dos veículos e a prevenção de acidentes no local.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/522/indicacao_no_063-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/522/indicacao_no_063-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a necessidade de realizar a lavagem do asfalto da Avenida Amos Bernardino Zanchet e demais ruas da cidade de Nova Maringá – MT.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_no_064-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_no_064-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a necessidade de realizar manutenção na MT 488, sentido Tapurah, visando garantir trafegabilidade, segurança e redução de distância nos deslocamentos de munícipes e ambulâncias que utilizam a referida via.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/524/indicacao_no_065-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/524/indicacao_no_065-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a premente necessidade de realizar a construção de um ponto de ônibus nas proximidades da madeireira Paesha e Madeireira Três Poder.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_no_066-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_no_066-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a necessidade de realizar a instalação de quebra-molas na Avenida Amos Bernardino Zanchet, nas proximidades do Laboratório São Paulo e em frente à Prefeitura Municipal.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>WAGNER ROBERTO LORDANO, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_no_067-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_no_067-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a necessidade de realizar manutenção na ponte da represa localizada próxima à Fazenda Ponte de Pedra, na MT-488.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/534/indicacao_no_068-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/534/indicacao_no_068-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a necessidade de disponibilizar refeição aos munícipes que são encaminhados para consultas, exames e outros atendimentos médicos em outros municípios.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_no_069-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_no_069-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a necessidade de disponibilizar um ônibus para o transporte de moradores que desejarem acompanhar e prestigiar os jogos e competições esportivas realizados em municípios vizinhos, quando houver participação de equipes representando o município.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>KLAYTON CASSIANO BERTE, ALVONIR ILHA, EDMAR MARQUES LEITE, ELISEU WANDERSON JÚNIOR FERREIRA, GERALDO DESTEFANI NETO, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, RAFAEL HELIODORO DE SOUZA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/536/indicacao_no_070-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/536/indicacao_no_070-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a necessidade de promover e realizar eventos esportivos na modalidade futsal e vôlei, contemplando diferentes categorias, de forma a incentivar a prática esportiva, a integração social e o lazer da comunidade.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_no_071-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_no_071-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a disponibilização de curso de arbitragem, a ser realizado no município ou, alternativamente, o envio de pelo menos dois representantes para capacitação em outra localidade.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/538/indicacao_no_072-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/538/indicacao_no_072-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a realização de manutenção na ponte sobre o rio Ponte de Pedra, nas proximidades da Fazenda Jaçanã, sentido estrada de acesso à Fazenda Panorama.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>KLAYTON CASSIANO BERTE, EDMAR MARQUES LEITE, ELISEU WANDERSON JÚNIOR FERREIRA, GERALDO DESTEFANI NETO, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, RAFAEL HELIODORO DE SOUZA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/539/indicacao_no_073-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/539/indicacao_no_073-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a necessidade de instalar proteção nos disjuntores de energia elétrica da Praça Municipal Stefane Harala, visando impedir a interrupção indevida do fornecimento de energia por terceiros.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/540/indicacao_no_074-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/540/indicacao_no_074-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a necessidade de realizar a instalação de Sistema de Irrigação no Cemitério Municipal, visando manter a conservação e o cuidado adequado do espaço.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>GERALDO DESTEFANI NETO, EDMAR MARQUES LEITE, ELISEU WANDERSON JÚNIOR FERREIRA, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, KLAYTON CASSIANO BERTE, RAFAEL HELIODORO DE SOUZA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/541/indicacao_no_075-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/541/indicacao_no_075-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a necessidade de realizar a instalação de placas de “Preferência à Rotatória” próximo ao Lago Municipal, bem como a construção de quebra-molas em frente à empresa Lopes Transporte, visando garantir a segurança viária no local.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>EDMAR MARQUES LEITE, ELISEU WANDERSON JÚNIOR FERREIRA, GERALDO DESTEFANI NETO, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, KLAYTON CASSIANO BERTE, RAFAEL HELIODORO DE SOUZA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/542/indicacao_no_076-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/542/indicacao_no_076-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a realização de serviços com máquina PC para construção de um balneário no Rio Cristalino, destinado ao uso da população, com a instalação dos tobogãs retirados da Praça Municipal e atualmente sem utilização, regulamentando seu uso apenas nos fins de semana e feriados.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao_no_077-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao_no_077-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a necessidade de realizar a aquisição de 08 (oito) banheiros químicos, sendo 04 (quatro) femininos e 04 (quatro) masculinos, a fim de atender à população durante a realização de eventos públicos no município.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/544/indicacao_no_078-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/544/indicacao_no_078-2025.pdf</t>
   </si>
   <si>
     <t>Indicam a Exma. Senhora Prefeita Municipal, a necessidade de realizar instalação de Iluminação pública na Rua Sabrina localizada no Bairro Jardim tropical.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>JORGE VIDAL, ALVONIR ILHA, EDMAR MARQUES LEITE, ELISEU WANDERSON JÚNIOR FERREIRA, GERALDO DESTEFANI NETO, JEFFERSON AUGUSTO LORDANO, KLAYTON CASSIANO BERTE, RAFAEL HELIODORO DE SOUZA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/548/indicacao_no_079-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/548/indicacao_no_079-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a possibilidade de realizar festividades alusivas ao ano novo no município.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/549/indicacao_no_080-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/549/indicacao_no_080-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, que sejam adotadas as devidas providências acerca da situação do terreno onde anteriormente funcionava a Telemat (prestadora de serviço Oi), localizado neste município.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_no_081-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_no_081-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a necessidade de realizar reparos na Rua Castro Alves, esquina com a Rua Paraná, e na Rua Paraná, esquina com a Rua Portugal, ambas localizadas no Loteamento Santana.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/551/indicacao_no_082-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/551/indicacao_no_082-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a necessidade de realizar a construção de três pontos de espera cobertos para transporte escolar distribuídos entre os Bairros Casulo e Jardim Alvorada.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/552/indicacao_no_083-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/552/indicacao_no_083-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a necessidade de realizar a instalação de redutor de velocidade na Rua Escócia, nas proximidades da Madeireira Colorado, e a instalação de dois quebra-molas nas imediações de entrada do Residencial Mário Duílio Henry.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/553/indicacao_no_084-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/553/indicacao_no_084-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal, a necessidade de realizar reparos em todas as vias urbanas do município.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/571/indicacao_no_085-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/571/indicacao_no_085-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a necessidade de realizar redução do canteiro central e melhorias na iluminação da Avenida Amos Bernardino Zanchet.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_no_086-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_no_086-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a necessidade de realizar reparos nas Rua Abertina e Lago Azul, ambas localizadas no Bairro Jardim Mayra.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/573/indicacao_no_087-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/573/indicacao_no_087-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal, a necessidade de realizar instalação de iluminação pública em toda a extensão do anel viário deste município.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/574/indicacao_no_088-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/574/indicacao_no_088-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a necessidade de realizar campanha de conscientização sobre a hanseníase, abrangendo toda a rede municipal de saúde, escolas, e demais espaços de atendimento ao público.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/576/indicacao_no_089-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/576/indicacao_no_089-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Exma. Senhora Prefeita Municipal a premente necessidade de realizar poda das árvores localizadas no canteiro do INDEA – instituto de defesa agropecuária do município.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>GERALDO DESTEFANI NETO, ALVONIR ILHA, EDMAR MARQUES LEITE, ELISEU WANDERSON JÚNIOR FERREIRA, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, KLAYTON CASSIANO BERTE, RAFAEL HELIODORO DE SOUZA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/577/indicacao_no_090-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/577/indicacao_no_090-2025.pdf</t>
   </si>
   <si>
     <t>Indicam à Exma. Senhora Prefeita Municipal a premente necessidade de disponibilizar atendimento odontológico semanal no distrito de Brianorte.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Poder Executivo)</t>
   </si>
   <si>
     <t>ANA MARIA URQUIZA CASAGRANDE</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/440/projeto_de_lei_no_001-2025_-_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/440/projeto_de_lei_no_001-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre alterações na Lei Municipal nº 1.124 de 07 de fevereiro de 2022 e dá outras providências”;</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/441/projeto_de_lei_no_002-2025_-_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/441/projeto_de_lei_no_002-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as políticas de Educação Especial na Perspectiva da Educação Inclusiva para alunos com Deficiência e Altas Habilidades/Superdotação da rede pública do Sistema Municipal de Ensino no Município de Nova Maringá-MT e dá outras providências”.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/442/projeto_de_lei_no_003-2025_-_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/442/projeto_de_lei_no_003-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a proceder abertura de Crédito Adicional Especial ao Orçamento vigente e dá outras providências”.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/443/projeto_de_lei_no_004-2025_-_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/443/projeto_de_lei_no_004-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Chefe do Poder Executivo municipal a conceder premiação no âmbito da campanha de incentivo a arrecadação do IPTU do exercício de 2025, através de sorteio e dá outras providências”.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/444/projeto_de_lei_no_005-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/444/projeto_de_lei_no_005-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre alterações na Lei Municipal nº 1.238/2024 e dá outras providências”.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_no_006-2025_-_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_no_006-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Nova Maringá a participar do CONSORCIO INTERMUNICIPAL DE COMPRAS PÚBLICAS DO ESTADO DE MATO GROSSO- MT COMPRAS e dá outras providências.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/452/projeto_de_lei_007-2025_poder_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/452/projeto_de_lei_007-2025_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para aquisição de imóvel no município de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/453/projeto_de_lei_no_008-2025_-_poder_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/453/projeto_de_lei_no_008-2025_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o aumento de quantitativo de vagas para os cargos efetivos lotados na Secretaria de Educação do Município de Nova Maringá/MT e dá outras providências.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_lei_009-2025_poder_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_lei_009-2025_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o “Loteamento Residencial dos Lagos” e dá outras providências.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/455/projeto_de_lei_010-2025_poder_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/455/projeto_de_lei_010-2025_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Municipal nº 240/2001 e dá outras providências.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/467/pl_011-2025_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/467/pl_011-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a compra institucional de alimentos, da agricultura familiar e da economia solidária, no município de Nova Maringá e da outras providências.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/485/projeto_de_lei_no_012-2025_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/485/projeto_de_lei_no_012-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 4º da Lei nº 284, de 09 de maio de 2003, que dispõe sobre a instituição do Conselho Municipal de Desenvolvimento Rural Sustentável – CMDRS, e dá outras providências”.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/487/proejto_de_lei_no_013-2025_poder_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/487/proejto_de_lei_no_013-2025_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a comprar imóvel no município de Nova Maringá e da outras providências.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/527/pl_014-2025_-_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/527/pl_014-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual – PPA do município de Nova Maringá/MT para os exercícios de 2026 à 2029, e dá outras providências.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/528/pl_015-2025_-_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/528/pl_015-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei de Diretrizes Orçamentárias do município de Nova Maringá/MT para o exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/529/pl_016-2025_-_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/529/pl_016-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Segurança Alimentar e Nutricional – COMSEA, e institui o Fundo Municipal de Segurança Alimentar e Nutricional, e dá outras providências”.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/530/pl_017-2025_-_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/530/pl_017-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação de Cargos Comissionados da Prefeitura Municipal de Nova Maringá/MT e alteração da Lei Municipal nº 904/2017 de 22 de março de 2017 e dá outras providências.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/531/pl_018-2025_-_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/531/pl_018-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>Altera e complementa o art. 24 da Lei Municipal nº 784, de 04 de fevereiro de 2013, para dispor a atualização automática do piso salarial nacional dos profissionais da educação básica, no âmbito do Município de Nova Maringá/MT, e dá outras providências.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/532/pl_019-2025_-_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/532/pl_019-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal nº 1.124 de 07 de fevereiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/533/pl_020-2025_-_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/533/pl_020-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder a abertura de Crédito Adicional Especial ao orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/554/pl_021-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/554/pl_021-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 823/2015 e dá outras providências</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/555/pl_022-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/555/pl_022-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da extensão da Escola Municipal Wilson Ribeiro no Mário Duílio Henry, e dá outras providências.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/546/projeto_de_lei_no_023-2025_-_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/546/projeto_de_lei_no_023-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>Institui a Festa ServidorFest como evento oficial do município de Nova Maringá/MT e dá outras providências.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/547/projeto_de_lei_no_024-2025_-_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/547/projeto_de_lei_no_024-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização da metodologia de apuração da tarifa de água, altera a Tabela 01 da Lei Municipal Nº 894/2016, autoriza a revisão anual de tarifas, taxas e multas, e dá outras providências.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/545/pl_025-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/545/pl_025-2025.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública ao Rotary Club de Nova Maringá, com sede no município de Nova Maringá – MT, e dá outras providências”.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/556/pl_026-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/556/pl_026-2025.pdf</t>
   </si>
   <si>
     <t>"Contabiliza e Altera as Metas do Plano Plurianual e Lei de Diretrizes Orçamentárias para o Exercício de 2026 em dá outras providências."</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/557/pl_027_-_loa_2026.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/557/pl_027_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NOVA MARINGÁ, ESTADO DO MATO GROSSO, PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/558/pl_028-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/558/pl_028-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre critérios e condições para abertura de Créditos Adicionais e Autorização para Remanejamento e Transposições ao Orçamento Anual 2026 – LOA do município de Nova Maringá-MT, e dá outras providências”.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/559/projeto_de_lei_no_029_-_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/559/projeto_de_lei_no_029_-_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES NO EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/582/projeto_de_lei_no_030-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/582/projeto_de_lei_no_030-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal n° 1.124 de 07 de fevereiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/583/projeto_de_lei_no_31-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/583/projeto_de_lei_no_31-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 310/2003 para modificar a data-base da revisão geral anual da remuneração dos servidores públicos municipais e agentes políticos, e dá outras providências.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/584/projeto_de_lei_no_032-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/584/projeto_de_lei_no_032-2025.pdf</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/585/projeto_de_lei_033-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/585/projeto_de_lei_033-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nomenclatura de Loteamento Público e dá outras providências.”</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Poder Legislativo)</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/445/projeto_de_lei_no_001-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/445/projeto_de_lei_no_001-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre alterações da Lei Municipal nº 826, de 05 de maio de 2015, e dá outras providências”.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_no_002-2025_consignacao.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_no_002-2025_consignacao.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a alteração da Lei Municipal nº 1.067, de 23 de fevereiro de 2021, e dá outras providências”.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar (Poder Executivo)</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/486/projeto_de_lei_complementar_no_001-2025_executivo.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/486/projeto_de_lei_complementar_no_001-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei Complementar nº 029/2023 e dá outras providências”.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/580/projeto_de_lei_complementar_no_002-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/580/projeto_de_lei_complementar_no_002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização monetária dos valores da Planta Genérica urbana do município de Nova Maringá, constantes na tabela XVI da Lei Complementar 001/2013 de 01 de outubro de 2013, e suas atualizações posteriores, para efeito do cálculo do Imposto sobre a Propriedade Predial e Territorial Urbana - IPT; altera e insere setores na tabela XVI-B do código tributário Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/581/projeto_de_lei_complementar_no_003-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/581/projeto_de_lei_complementar_no_003-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei Complementar n° 023/2020 e dá outras providências.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/575/mocao_no_001-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/575/mocao_no_001-2025.pdf</t>
   </si>
   <si>
     <t>Homenageado: Reginaldo Felício De Oliveira</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>MAP</t>
   </si>
   <si>
     <t>Moção de Apoio</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/495/mocao_de_apoio_no_001-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/495/mocao_de_apoio_no_001-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio ao Projeto de Decreto Legislativo 003/2025, que susta os efeitos da resolução 258, de 23 de dezembro de 2024, do Conselho Nacional dos Direitos da Criança e do Adolescente - CONANDA, e ao Projeto de Lei 1904/2024, que visa impedir que o aborto seja reconhecido como direito, sem previsão de limite de tempo gestacional, durante todos os nove meses da gravidez, até o momento do parto.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>WAGNER ROBERTO LORDANO, ALVONIR ILHA, EDMAR MARQUES LEITE, GERALDO DESTEFANI NETO, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, KLAYTON CASSIANO BERTE, RAFAEL HELIODORO DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/496/mocao_de_apoio_no_002-2025.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/496/mocao_de_apoio_no_002-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio ao Congresso Nacional, para votação do Projeto de Lei 2858/2022, de autoria do Deputado Federal Major Vitor Hugo, que trata sobre a concessão de anistia a todos os que tenha participado de manifestação em qualquer lugar do território nacional no dia 30 de outubro de 2022; E do Projeto de Lei 5064/2023, de autoria do Senador Hamilton Mourão, que tratam das manifestações ocorridas em Brasília, na Praça dos Três Poderes, no dia 8 de janeiro de 2023.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>EMI</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/561/emenda_001.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/561/emenda_001.pdf</t>
   </si>
   <si>
     <t>Destinam para a área da saúde o valor de R$ 170.895,05 (cento e setenta mil oitocentos e noventa e cinco reais e cinco centavos), a ser utilizado com a aquisição de 01 (um) veículo utilitário zero quilômetro, com capacidade mínima para 07 (sete) passageiros, destinado à Secretaria Municipal de Saúde de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>ALVONIR ILHA, EDMAR MARQUES LEITE, ELISEU WANDERSON JÚNIOR FERREIRA, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, RAFAEL HELIODORO DE SOUZA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/562/emenda_002.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/562/emenda_002.pdf</t>
   </si>
   <si>
     <t>Destinam para a área da saúde o valor de R$ 598.132,59 (quinhentos e noventa e oito mil, cento e trinta e dois reais e cinquenta e nove centavos.) a ser utilizado com a aquisição de 01 (uma) Van zero quilômetro, com capacidade mínima para 22 (vinte e dois) passageiros, destinado à Secretaria Municipal de Saúde de Nova Maringá/MT.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/563/emenda_003.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/563/emenda_003.pdf</t>
   </si>
   <si>
     <t>Destina para a área da Secretaria de Obras, Viação e Serviços Públicos, o valor de R$ 80.447,53 (oitenta mil, quatrocentos e quarenta e sete reais e cinquenta e três centavos.), a ser utilizado com a aquisição de materiais como Pedra, Areia e Cimento para a construção de calçadas no município de Nova Maringá MT.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/564/emenda_004.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/564/emenda_004.pdf</t>
   </si>
   <si>
     <t>Destina para a área da Secretaria Municipal de Saúde, o valor de R$ 80.447,53 (oitenta mil, quatrocentos e quarenta e sete reais e cinquenta e três centavos.), a ser utilizado com a construção de muro e manutenção da fachada do PSF Dauri Riva, no Distrito de Brianorte.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>ELISEU WANDERSON JÚNIOR FERREIRA, JEFFERSON AUGUSTO LORDANO, JORGE VIDAL, RAFAEL HELIODORO DE SOUZA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/565/emenda_005.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/565/emenda_005.pdf</t>
   </si>
   <si>
     <t>Destinam para a área da Secretaria Educação, o valor de R$ 407.237,57 (quatrocentos e sete mil, duzentos e trinta e sete reais e cinquenta e sete centavos), a ser utilizado com a construção de novas salas de aula no Residencial Cidade Alta, como extensão da Rede de Ensino Fundamental localizada no Bairro Jardim Mayra.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>ALVONIR ILHA, EDMAR MARQUES LEITE, ELISEU WANDERSON JÚNIOR FERREIRA, GERALDO DESTEFANI NETO, JORGE VIDAL, KLAYTON CASSIANO BERTE, RAFAEL HELIODORO DE SOUZA, WAGNER ROBERTO LORDANO</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/566/emenda_006.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/566/emenda_006.pdf</t>
   </si>
   <si>
     <t>Destinam à Secretaria Geral de Governo o valor de R$ 40.000,00 (quarenta mil reais), a ser repassado, através de Subvenção Social ao Conselho Comunitário de Segurança do Município de Nova Maringá/MT (CONSEG) para aquisição de móveis e equipamentos tecnológicos destinados à Polícia Militar.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/567/emenda_007.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/567/emenda_007.pdf</t>
   </si>
   <si>
     <t>Destinam para a área da Secretaria de Obras, Viação e Serviços Públicos, o valor de R$ 40.000,00 (quarenta mil reais) para a manutenção e melhorias no Cemitério Municipal, bem como para a construção de banheiro no local, visando proporcionar melhores condições de uso, organização e atendimento à população que frequenta o espaço.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/568/emenda_008.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/568/emenda_008.pdf</t>
   </si>
   <si>
     <t>Destinam para a área da Secretaria Municipal de Saúde, o valor de R$ 42.000,00 (quarenta e dois mil reais), para aquisição de bicicletas elétricas para as ACS do município.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/569/emenda_009.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/569/emenda_009.pdf</t>
   </si>
   <si>
     <t>Destinam para a área da Secretaria de Assistência Social, o valor de R$ 78.895,04 (setenta e oito mil, oitocentos e noventa e cinco reais e quatro centavos) para a construção de dois quartos de apoio, sendo um masculino e outro feminino, ambos com banheiros, destinados aos munícipes do Distrito de Brianorte que necessitam ficar hospedados no município.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>CLA</t>
   </si>
   <si>
     <t>Calendário Legislativo Anual</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/439/calendario_anual.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/439/calendario_anual.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Calendário Legislativo Anual.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/578/calendario_das_sessoes_2026.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/578/calendario_das_sessoes_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Calendário Legislativo Anual para o exercício de 2026.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>Emenda Impositiva de Bancada</t>
   </si>
   <si>
     <t>Partido Renovação Democrática (PRD), Partido Progressista (PP), União Progressista</t>
   </si>
   <si>
-    <t>https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/570/emenda_bancada_001.pdf</t>
+    <t>http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/570/emenda_bancada_001.pdf</t>
   </si>
   <si>
     <t>Destinam para a área da Educação o valor de R$ 769.027,69 (setecentos e sessenta e nove mil, vinte e sete reais e sessenta e nove centavos), para a construção de novas salas de aula no Residencial Cidade Alta, como extensão da Rede de Ensino Fundamental localizada no Bairro Jardim Mayra, sendo necessário para atender ao crescimento da demanda escolar naquela região.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2154,68 +2154,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/579/projeto_de_decreto_legislativo_001-2025_-_contas_anual_de_governo_2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/513/projeto_de_resolucao_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/560/pr_003-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/446/indicacao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/447/indicacao_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/450/indicacao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/461/indicacao_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/462/indicacao_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/463/indicacao_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_no_015-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/474/indicacao_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/475/indicacao_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/476/indicacao_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/477/indicacao_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/478/indicacao_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/479/indicacao_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_no_029-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/483/indicacao_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/484/indicacao_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_no_033-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/491/indicacao_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/492/indicacao_no_036-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_no_037-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/494/indicacao_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/497/indicacao_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/498/indicacao_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/499/indicacao_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/500/indicacao_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/501/indicacao_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/502/indicacao_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/503/indicacao_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/504/indicacao_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao_no_047-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_no_048-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/507/indicacao_no_049-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/514/indicacao_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/515/indicacao_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/516/indicacao_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/517/indicacao_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/518/indicacao_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/522/indicacao_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/524/indicacao_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/534/indicacao_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/536/indicacao_no_070-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_no_071-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/538/indicacao_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/539/indicacao_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/540/indicacao_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/541/indicacao_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/542/indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/544/indicacao_no_078-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/548/indicacao_no_079-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/549/indicacao_no_080-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_no_081-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/551/indicacao_no_082-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/552/indicacao_no_083-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/553/indicacao_no_084-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/571/indicacao_no_085-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_no_086-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/573/indicacao_no_087-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/574/indicacao_no_088-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/576/indicacao_no_089-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/577/indicacao_no_090-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/440/projeto_de_lei_no_001-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/441/projeto_de_lei_no_002-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/442/projeto_de_lei_no_003-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/443/projeto_de_lei_no_004-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/444/projeto_de_lei_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_no_006-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/452/projeto_de_lei_007-2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/453/projeto_de_lei_no_008-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_lei_009-2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/455/projeto_de_lei_010-2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/467/pl_011-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/485/projeto_de_lei_no_012-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/487/proejto_de_lei_no_013-2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/527/pl_014-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/528/pl_015-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/529/pl_016-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/530/pl_017-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/531/pl_018-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/532/pl_019-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/533/pl_020-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/554/pl_021-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/555/pl_022-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/546/projeto_de_lei_no_023-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/547/projeto_de_lei_no_024-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/545/pl_025-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/556/pl_026-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/557/pl_027_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/558/pl_028-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/559/projeto_de_lei_no_029_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/582/projeto_de_lei_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/583/projeto_de_lei_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/584/projeto_de_lei_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/585/projeto_de_lei_033-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/445/projeto_de_lei_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_no_002-2025_consignacao.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/486/projeto_de_lei_complementar_no_001-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/580/projeto_de_lei_complementar_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/581/projeto_de_lei_complementar_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/575/mocao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/495/mocao_de_apoio_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/496/mocao_de_apoio_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/561/emenda_001.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/562/emenda_002.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/563/emenda_003.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/564/emenda_004.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/565/emenda_005.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/566/emenda_006.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/567/emenda_007.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/568/emenda_008.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/569/emenda_009.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/439/calendario_anual.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/578/calendario_das_sessoes_2026.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/570/emenda_bancada_001.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/579/projeto_de_decreto_legislativo_001-2025_-_contas_anual_de_governo_2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/513/projeto_de_resolucao_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/560/pr_003-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/446/indicacao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/447/indicacao_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/450/indicacao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/457/indicacao_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/461/indicacao_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/462/indicacao_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/463/indicacao_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_no_015-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/473/indicacao_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/474/indicacao_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/475/indicacao_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/476/indicacao_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/477/indicacao_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/478/indicacao_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/479/indicacao_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_no_029-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/483/indicacao_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/484/indicacao_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_no_033-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/491/indicacao_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/492/indicacao_no_036-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao_no_037-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/494/indicacao_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/497/indicacao_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/498/indicacao_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/499/indicacao_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/500/indicacao_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/501/indicacao_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/502/indicacao_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/503/indicacao_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/504/indicacao_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao_no_047-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_no_048-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/507/indicacao_no_049-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/514/indicacao_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/515/indicacao_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/516/indicacao_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/517/indicacao_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/518/indicacao_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/522/indicacao_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/524/indicacao_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/534/indicacao_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/536/indicacao_no_070-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_no_071-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/538/indicacao_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/539/indicacao_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/540/indicacao_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/541/indicacao_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/542/indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/544/indicacao_no_078-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/548/indicacao_no_079-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/549/indicacao_no_080-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/550/indicacao_no_081-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/551/indicacao_no_082-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/552/indicacao_no_083-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/553/indicacao_no_084-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/571/indicacao_no_085-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_no_086-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/573/indicacao_no_087-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/574/indicacao_no_088-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/576/indicacao_no_089-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/577/indicacao_no_090-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/440/projeto_de_lei_no_001-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/441/projeto_de_lei_no_002-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/442/projeto_de_lei_no_003-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/443/projeto_de_lei_no_004-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/444/projeto_de_lei_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_no_006-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/452/projeto_de_lei_007-2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/453/projeto_de_lei_no_008-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_lei_009-2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/455/projeto_de_lei_010-2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/467/pl_011-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/485/projeto_de_lei_no_012-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/487/proejto_de_lei_no_013-2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/527/pl_014-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/528/pl_015-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/529/pl_016-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/530/pl_017-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/531/pl_018-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/532/pl_019-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/533/pl_020-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/554/pl_021-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/555/pl_022-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/546/projeto_de_lei_no_023-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/547/projeto_de_lei_no_024-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/545/pl_025-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/556/pl_026-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/557/pl_027_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/558/pl_028-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/559/projeto_de_lei_no_029_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/582/projeto_de_lei_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/583/projeto_de_lei_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/584/projeto_de_lei_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/585/projeto_de_lei_033-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/445/projeto_de_lei_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_no_002-2025_consignacao.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/486/projeto_de_lei_complementar_no_001-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/580/projeto_de_lei_complementar_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/581/projeto_de_lei_complementar_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/575/mocao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/495/mocao_de_apoio_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/496/mocao_de_apoio_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/561/emenda_001.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/562/emenda_002.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/563/emenda_003.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/564/emenda_004.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/565/emenda_005.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/566/emenda_006.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/567/emenda_007.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/568/emenda_008.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/569/emenda_009.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/439/calendario_anual.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/578/calendario_das_sessoes_2026.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamaringa.mt.leg.br/media/sapl/public/materialegislativa/2025/570/emenda_bancada_001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="214.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="146.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="145.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>